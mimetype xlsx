--- v0 (2025-12-10)
+++ v1 (2026-02-11)
@@ -1,187 +1,200 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://tedcloud-my.sharepoint.com/personal/070692_teldevice_co_jp/Documents/デスクトップ/202512/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Y:\C-IOT\ECS\Microsoft\Azure\業務\請求\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{B03CF330-1285-48ED-8CB8-DF08C8831BA9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{5DB884A7-0BA1-4928-8908-DF0ECFFF7F92}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="9510" yWindow="-90" windowWidth="19380" windowHeight="10260" xr2:uid="{798E7B0D-A951-43E3-BC8F-0BF913986402}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="12300" xr2:uid="{1122C57B-F35C-458E-8B99-70CC49359646}"/>
   </bookViews>
   <sheets>
-    <sheet name="Dec_NCE_SoftwarePL_GA_JP" sheetId="1" r:id="rId1"/>
+    <sheet name="Feb_NCE_SoftwarePL_GA_JP" sheetId="1" r:id="rId1"/>
   </sheets>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Feb_NCE_SoftwarePL_GA_JP!$A$1:$Q$296</definedName>
+  </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3192" uniqueCount="360">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3650" uniqueCount="377">
+  <si>
+    <t>ChangeIndicator</t>
+  </si>
   <si>
     <t>ProductTitle</t>
   </si>
   <si>
     <t>ProductId</t>
   </si>
   <si>
     <t>SkuId</t>
   </si>
   <si>
     <t>SkuTitle</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>SkuDescription</t>
   </si>
   <si>
     <t>UnitOfMeasure</t>
   </si>
   <si>
     <t>TermDuration</t>
   </si>
   <si>
     <t>BillingPlan</t>
   </si>
   <si>
     <t>PricingTierRangeMin</t>
   </si>
   <si>
     <t>PricingTierRangeMax</t>
   </si>
   <si>
     <t>EffectiveStartDate</t>
   </si>
   <si>
     <t>EffectiveEndDate</t>
   </si>
   <si>
     <t>Tags</t>
   </si>
   <si>
     <t>Segment</t>
   </si>
   <si>
+    <t>PreviousValues</t>
+  </si>
+  <si>
+    <t>Unchanged</t>
+  </si>
+  <si>
     <t>Access LTSC 2024</t>
   </si>
   <si>
     <t>DG7GMGF0PN5J</t>
   </si>
   <si>
     <t>0001</t>
   </si>
   <si>
     <t>Access 2024 (Japan only)</t>
   </si>
   <si>
     <t>Microsoft</t>
   </si>
   <si>
     <t>Access LTSC 2024 lets you build and share a database in seconds. You supply the information and Access does the rest, making it easy to create and structure your data. Reports and queries put your data into the format you want, so your applications consistently look great.</t>
   </si>
   <si>
     <t>OneTime</t>
   </si>
   <si>
     <t>2025-02-01T00:00:00.0000000Z</t>
   </si>
   <si>
     <t>9999-11-30T23:59:59.0000000Z</t>
   </si>
   <si>
     <t>Software;Perpetual</t>
   </si>
   <si>
+    <t>Charity</t>
+  </si>
+  <si>
     <t>Education</t>
   </si>
   <si>
     <t>Commercial</t>
   </si>
   <si>
-    <t>Charity</t>
-[...1 lines deleted...]
-  <si>
     <t>Azure SQL Edge</t>
   </si>
   <si>
     <t>DG7GMGF0GJC2</t>
   </si>
   <si>
+    <t>Azure SQL Edge - 3 year</t>
+  </si>
+  <si>
+    <t>Azure SQL Edge per device for 3 years subscription</t>
+  </si>
+  <si>
+    <t>P3Y</t>
+  </si>
+  <si>
+    <t>Annual</t>
+  </si>
+  <si>
+    <t>Software;Subscription</t>
+  </si>
+  <si>
+    <t>Triennial</t>
+  </si>
+  <si>
     <t>0003</t>
   </si>
   <si>
     <t>Azure SQL Edge - 1 year</t>
   </si>
   <si>
     <t>Azure SQL Edge per device per year</t>
   </si>
   <si>
     <t>P1Y</t>
   </si>
   <si>
-    <t>Annual</t>
-[...16 lines deleted...]
-  <si>
     <t>BizTalk Server 2020 Branch</t>
   </si>
   <si>
     <t>DG7GMGF0G49Z</t>
   </si>
   <si>
     <t>0002</t>
   </si>
   <si>
     <t>This specialty version of BizTalk Server is designed for hub and spoke deployment scenarios. Includes Host Integration Server 2020. This purchase includes a pack of 2 core licenses.</t>
   </si>
   <si>
     <t>BizTalk Server 2020 Enterprise</t>
   </si>
   <si>
     <t>DG7GMGF0G49X</t>
   </si>
   <si>
     <t>For those with enterprise-level requirements for high volume, reliability, and availability. Includes Host Integration Server 2020. This purchase includes a pack of 2 core licenses.</t>
   </si>
   <si>
     <t>BizTalk Server 2020 Standard</t>
   </si>
   <si>
     <t>DG7GMGF0G49W</t>
@@ -246,176 +259,176 @@
   <si>
     <t>Exchange Server Standard 2019</t>
   </si>
   <si>
     <t>DG7GMGF0F4MC</t>
   </si>
   <si>
     <t>Exchange Server Standard CAL 2019</t>
   </si>
   <si>
     <t>DG7GMGF0F4MB</t>
   </si>
   <si>
     <t>Exchange Server Standard 2019 Device CAL</t>
   </si>
   <si>
     <t>Exchange Server Standard 2019 User CAL</t>
   </si>
   <si>
     <t>Extended Security Updates for SQL Server</t>
   </si>
   <si>
     <t>DG7GMGF0HX95</t>
   </si>
   <si>
+    <t>000H</t>
+  </si>
+  <si>
+    <t>ESU for SQL 2014 Std Per Server for 1st year EOS (Coverage July 9 2025 - July 14 2026)</t>
+  </si>
+  <si>
+    <t>With the purchase of Extended Security Updates (ESU), you will receive Critical security updates for up to three years past the end of the support date. You will also be able to use your existing support contract to receive technical support for covered servers.</t>
+  </si>
+  <si>
+    <t>000J</t>
+  </si>
+  <si>
+    <t>ESU for SQL 2014 EE 2 Core pack for 1st year EOS (Coverage July 9 2025 - July 14 2026)</t>
+  </si>
+  <si>
+    <t>000N</t>
+  </si>
+  <si>
+    <t>ESU for SQL 2014 Std Per Server for 2nd year EOS (Coverage July 9 2025 - July 14 2026)</t>
+  </si>
+  <si>
+    <t>2025-07-01T00:00:00.0000000Z</t>
+  </si>
+  <si>
+    <t>000L</t>
+  </si>
+  <si>
+    <t>ESU for SQL 2014 EE Per Server for 1st year EOS(Coverage July 9 2025 - July 14 2026)</t>
+  </si>
+  <si>
+    <t>000P</t>
+  </si>
+  <si>
+    <t>ESU for SQL 2014 Std 2 Core pack for 2nd year EOS (Coverage July 9 2025 - July 14 2026)</t>
+  </si>
+  <si>
     <t>000M</t>
   </si>
   <si>
     <t>ESU for SQL 2014 EE Per Server for 2nd year EOS(Coverage July 9 2025 - July 14 2026)</t>
   </si>
   <si>
-    <t>With the purchase of Extended Security Updates (ESU), you will receive Critical security updates for up to three years past the end of the support date. You will also be able to use your existing support contract to receive technical support for covered servers.</t>
-[...8 lines deleted...]
-    <t>ESU for SQL 2014 EE 2 Core pack for 1st year EOS (Coverage July 9 2025 - July 14 2026)</t>
+    <t>000K</t>
+  </si>
+  <si>
+    <t>ESU for SQL 2014 Std 2 Core pack for 1st year EOS (Coverage July 9 2025 - July 14 2026)</t>
   </si>
   <si>
     <t>000G</t>
   </si>
   <si>
     <t>ESU for SQL 2014 EE 2 Core pack for 2nd year EOS (Coverage July 9 2025 - July 14 2026)</t>
   </si>
   <si>
-    <t>000H</t>
-[...28 lines deleted...]
-  <si>
     <t>Extended Security Updates for Windows Server DC Core</t>
   </si>
   <si>
     <t>DG7GMGF0HPVW</t>
   </si>
   <si>
+    <t>0007</t>
+  </si>
+  <si>
+    <t>Win Server DC Core Ext Security 2012 8 Core Y2 (October 2024-2025)</t>
+  </si>
+  <si>
+    <t>With the purchase of Extended Security Updates (ESU), you will receive Critical security updates for up to three years past the end of the support date. This ESU can be applied to either WS 2012 or WS 2012 R2.  You will also be able to use your existing support contract to receive technical support for covered servers.</t>
+  </si>
+  <si>
+    <t>0008</t>
+  </si>
+  <si>
+    <t>Win Server DC Core Ext Security 2012 2 Core Y2 (October 2024-2025)</t>
+  </si>
+  <si>
+    <t>Win Server DC Core Ext Security 2012 8 Core Y3 (October 2025-2026)</t>
+  </si>
+  <si>
+    <t>2025-10-01T00:00:00.0000000Z</t>
+  </si>
+  <si>
+    <t>0009</t>
+  </si>
+  <si>
+    <t>Win Server DC Core Ext Security 2012 2 Core Y1 (October 2023-2024)</t>
+  </si>
+  <si>
+    <t>0006</t>
+  </si>
+  <si>
+    <t>Win Server DC Core Ext Security 2012 8 Core Y1 (October 2023-2024)</t>
+  </si>
+  <si>
     <t>000B</t>
   </si>
   <si>
     <t>Win Server DC Core Ext Security 2012 2 Core Y3 (October 2025-2026)</t>
   </si>
   <si>
-    <t>With the purchase of Extended Security Updates (ESU), you will receive Critical security updates for up to three years past the end of the support date. This ESU can be applied to either WS 2012 or WS 2012 R2.  You will also be able to use your existing support contract to receive technical support for covered servers.</t>
-[...31 lines deleted...]
-  <si>
     <t>Extended Security Updates for Windows Server Standard Core</t>
   </si>
   <si>
     <t>DG7GMGF0HPVV</t>
   </si>
   <si>
+    <t>Win Server Std Core Ext Security 2012 8 Core Y3 (October 2025-2026)</t>
+  </si>
+  <si>
+    <t>With the purchase of Extended Security Updates (ESU), you will receive Critical security updates for up to three years past the end of the support date. This ESU can be applied to etiher WS 2012 or WS 2012 R2.  You will also be able to use your existing support contract to receive technical support for covered servers.</t>
+  </si>
+  <si>
+    <t>Win Server Std Core Ext Security 2012 2 Core Y1 (October 2023-2024)</t>
+  </si>
+  <si>
+    <t>Win Server Std Core Ext Security 2012 8 Core Y2 (October 2024-2025)</t>
+  </si>
+  <si>
+    <t>Win Server Std Core Ext Security 2012 2 Core Y2 (October 2024-2025)</t>
+  </si>
+  <si>
+    <t>Win Server Std Core Ext Security 2012 8 Core Y1 (October 2023-2024)</t>
+  </si>
+  <si>
     <t>Win Server Std Core Ext Security 2012 2 Core Y3 (October 2025-2026)</t>
   </si>
   <si>
-    <t>Win Server Std Core Ext Security 2012 8 Core Y1 (October 2023-2024)</t>
-[...16 lines deleted...]
-  <si>
     <t>Office LTSC Professional Plus 2024</t>
   </si>
   <si>
     <t>DG7GMGF0PN5F</t>
   </si>
   <si>
     <t>Office Professional Plus 2024 (Japan only)</t>
   </si>
   <si>
     <t>Office LTSC Professional Plus 2024 gives you the tools to get work done with updated versions of Word, Excel, PowerPoint, Outlook, and Access (PC only); plus a OneNote desktop app that runs on all supported versions of Windows and which is part of Office LTSC and Microsoft 365. (features vary: https://support.microsoft.com/en-us/office/what-s-the-difference-between-the-onenote-versions-a624e692-b78b-4c09-b07f-46181958118f?ui=en-US&amp;rs=en-US&amp;ad=US)</t>
   </si>
   <si>
     <t>Office LTSC Standard 2024</t>
   </si>
   <si>
     <t>DG7GMGF0PN5D</t>
   </si>
   <si>
     <t>Office Standard 2024 (Japan only)</t>
   </si>
   <si>
     <t>Office LTSC Standard 2024 gives you the essential tools to get work done with updated versions of Word, Excel, PowerPoint, and Outlook; plus a OneNote desktop app that runs on all supported versions of Windows and which is part of Office LTSC and Microsoft 365. (features vary: https://support.microsoft.com/en-us/office/what-s-the-difference-between-the-onenote-versions-a624e692-b78b-4c09-b07f-46181958118f?ui=en-US&amp;rs=en-US&amp;ad=US)</t>
   </si>
   <si>
     <t>Office LTSC Standard for Mac 2024</t>
@@ -483,56 +496,56 @@
   <si>
     <t>DG7GMGF0PN45</t>
   </si>
   <si>
     <t>Project Professional 2024 (Japan only)</t>
   </si>
   <si>
     <t>Project Professional 2024 enables you to deliver projects successfully by keeping your projects, resources, and teams organized and focused. Plan projects, track status efficiently, and communicate in the moment by hovering over other team members' names in a project plan to see online presence and start chats or calls through Microsoft Teams. Sync Project schedules and plans easily with Project Online and Project Server 2024. Project Professional 2024 is compatible with all versions of Office LTSC 2024. Microsoft Teams, Microsoft Office, Project Online, and Project Server 2024 are sold separately.</t>
   </si>
   <si>
     <t>Project Server 2019</t>
   </si>
   <si>
     <t>DG7GMGF0F4MH</t>
   </si>
   <si>
     <t>Project Server 2019 offers a robust end-to-end project and portfolio management solution, with strong collaboration capabilities powered by SharePoint Server 2019. Updates include enhancements to performance and scalability, improved reporting, and an expanded set of APIs.</t>
   </si>
   <si>
     <t>Project Server CAL 2019</t>
   </si>
   <si>
     <t>DG7GMGF0F4LF</t>
   </si>
   <si>
+    <t>Project Server 2019 User CAL</t>
+  </si>
+  <si>
     <t>Project Server 2019 Device CAL</t>
   </si>
   <si>
-    <t>Project Server 2019 User CAL</t>
-[...1 lines deleted...]
-  <si>
     <t>Project Standard 2024</t>
   </si>
   <si>
     <t>DG7GMGF0PN44</t>
   </si>
   <si>
     <t>Project Standard 2024 (Japan only)</t>
   </si>
   <si>
     <t>Project Standard 2024 helps you stay organized in visually engaging ways to get started quickly, track project tasks more efficiently, and deliver your projects on time. Use powerful, out-of-the-box reporting tools to quickly measure progress and communicate project details. Project Standard 2024 is compatible with Office LTSC Standard 2024.</t>
   </si>
   <si>
     <t>SharePoint Enterprise CAL 2019</t>
   </si>
   <si>
     <t>DG7GMGF0F4LV</t>
   </si>
   <si>
     <t>SharePoint Enterprise 2019 User CAL</t>
   </si>
   <si>
     <t>SharePoint Enterprise 2019 Device CAL</t>
   </si>
   <si>
     <t>SharePoint Server 2019</t>
@@ -549,200 +562,242 @@
   <si>
     <t>DG7GMGF0F4LS</t>
   </si>
   <si>
     <t>SharePoint Standard 2019 User CAL</t>
   </si>
   <si>
     <t>SharePoint Standard 2019 Device CAL</t>
   </si>
   <si>
     <t>Skype for Business Server 2019</t>
   </si>
   <si>
     <t>DG7GMGF0F4LQ</t>
   </si>
   <si>
     <t>Skype for Business Server 2019 is an enterprise-ready unified communications platform. Skype for Business Server 2019 adds security, quality, and performance features to improve the hybrid scenario, and refreshes mainstream support.  New features include Cloud Voicemail, Cloud Org Auto Attendant, Cloud Call Data Connector, and Streamlined Migration to Teams.</t>
   </si>
   <si>
     <t>Skype for Business Server Enterprise CAL 2019 </t>
   </si>
   <si>
     <t>DG7GMGF0F4LP</t>
   </si>
   <si>
+    <t>Skype for Business Server Enterprise 2019 User CAL</t>
+  </si>
+  <si>
     <t>Skype for Business Server Enterprise 2019 Device CAL</t>
   </si>
   <si>
-    <t>Skype for Business Server Enterprise 2019 User CAL</t>
-[...1 lines deleted...]
-  <si>
     <t>Skype for Business Server Plus CAL 2019 </t>
   </si>
   <si>
     <t>DG7GMGF0F4LN</t>
   </si>
   <si>
     <t>Skype for Business Server Plus 2019 Device CAL</t>
   </si>
   <si>
     <t>Skype for Business Server Plus 2019 User CAL</t>
   </si>
   <si>
     <t>Skype for Business Server Standard CAL 2019 </t>
   </si>
   <si>
     <t>DG7GMGF0F4K1</t>
   </si>
   <si>
     <t>Skype for Business Server Standard 2019 User CAL</t>
   </si>
   <si>
     <t>Skype for Business Server Standard 2019 Device CAL</t>
   </si>
   <si>
-    <t>SQL Server 2022 CAL</t>
-[...14 lines deleted...]
-    <t>A Client Access License (CAL) is required for each user or device that accesses the server software. You'll need user or device CALs for each user or device that accesses the server software. This purchase includes 1 User CAL.</t>
+    <t>SQL Server 2025 CAL</t>
+  </si>
+  <si>
+    <t>DG7GMGF0VNHV</t>
+  </si>
+  <si>
+    <t>SQL Server 2025 - 1 Device CAL</t>
+  </si>
+  <si>
+    <t>Building on SQL Server’s foundation of best-in-class security, performance, and availability, SQL Server 2025 accelerates secure, scalable AI application development using data customers already have. Standard edition offers a full-featured database with extensive scale for mid-tier applications.</t>
+  </si>
+  <si>
+    <t>SQL Server 2025 - 1 User CAL</t>
+  </si>
+  <si>
+    <t>Change</t>
+  </si>
+  <si>
+    <t>SQL Server 2025 Enterprise - 2 core License Pack</t>
+  </si>
+  <si>
+    <t>DG7GMGF0VNGX</t>
+  </si>
+  <si>
+    <t>SQL Server 2025 Enterprise core - 2 core License Pack (Japan Only)</t>
+  </si>
+  <si>
+    <t>Building on SQL Server’s foundation of best-in-class security, performance, and availability, SQL Server 2025 accelerates secure, scalable AI application development using data customers already have. Enterprise edition offers the highest performance and scalability for mission-critical workloads.</t>
+  </si>
+  <si>
+    <t>{'ProductTitle': 'SQL Server Enterprise Core 2025', 'SkuTitle': 'SQL Server 2025 Enterprise Core - 2 Core License Pack (Japan Only)'}</t>
+  </si>
+  <si>
+    <t>SQL Server 2025 Enterprise - 2 core License Pack - 1 year</t>
+  </si>
+  <si>
+    <t>Monthly</t>
+  </si>
+  <si>
+    <t>2026-01-01T00:00:00.0000000Z</t>
+  </si>
+  <si>
+    <t>{'ProductTitle': 'SQL Server Enterprise Core 2025', 'SkuTitle': 'SQL Server 2025 Enterprise - 2 Core License Pack - 1 year'}</t>
+  </si>
+  <si>
+    <t>SQL Server 2025 Enterprise core - 2 core License Pack</t>
+  </si>
+  <si>
+    <t>Building on SQL Server’s foundation of best-in-class security, performance, and availability, SQL Server 2025 accelerates secure, scalable AI application development using data customers already have. Enterprise edition offers the highest performance and scalabilit for mission-critical workloads.</t>
+  </si>
+  <si>
+    <t>{'ProductTitle': 'SQL Server Enterprise Core 2025', 'SkuTitle': 'SQL Server 2025 Enterprise Core - 2 Core License Pack'}</t>
+  </si>
+  <si>
+    <t>SQL Server 2025 Enterprise - 2 core License Pack - 3 year</t>
+  </si>
+  <si>
+    <t>{'ProductTitle': 'SQL Server Enterprise Core 2025', 'SkuTitle': 'SQL Server 2025 Enterprise - 2 Core License Pack - 3 year'}</t>
+  </si>
+  <si>
+    <t>SQL Server 2025 Standard - 2 core License Pack</t>
+  </si>
+  <si>
+    <t>DG7GMGF0VNH2</t>
+  </si>
+  <si>
+    <t>SQL Server 2025 Standard core - 2 core License Pack (Japan Only)</t>
+  </si>
+  <si>
+    <t>{'ProductTitle': 'SQL Server Standard Core 2025', 'SkuTitle': 'SQL Server 2025 Standard Core - 2 Core License Pack (Japan Only)'}</t>
+  </si>
+  <si>
+    <t>SQL Server 2025 Standard core - 2 core License Pack</t>
+  </si>
+  <si>
+    <t>{'ProductTitle': 'SQL Server Standard Core 2025', 'SkuTitle': 'SQL Server 2025 Standard Core - 2 Core License Pack'}</t>
+  </si>
+  <si>
+    <t>SQL Server 2025 Standard - 2 core License Pack - 3 year</t>
+  </si>
+  <si>
+    <t>{'ProductTitle': 'SQL Server Standard Core 2025', 'SkuTitle': 'SQL Server 2025 Standard - 2 Core License Pack - 3 year'}</t>
+  </si>
+  <si>
+    <t>SQL Server 2025 Standard - 2 core License Pack - 1 year</t>
+  </si>
+  <si>
+    <t>{'ProductTitle': 'SQL Server Standard Core 2025', 'SkuTitle': 'SQL Server 2025 Standard - 2 Core License Pack - 1 year'}</t>
+  </si>
+  <si>
+    <t>SQL Server 2025 Standard edition</t>
+  </si>
+  <si>
+    <t>DG7GMGF0VNJS</t>
+  </si>
+  <si>
+    <t>SQL Server 2025 Standard edition Perpetual 1 Server License</t>
+  </si>
+  <si>
+    <t>{'ProductTitle': 'SQL Server Standard 2025', 'SkuTitle': 'SQL Server 2025 Standard Edition Perpetual 1 Server License plus 10 CALs'}</t>
+  </si>
+  <si>
+    <t>SQL Server 2025 Standard edition (Japan Only)</t>
+  </si>
+  <si>
+    <t>{'ProductTitle': 'SQL Server Standard 2025', 'SkuTitle': 'SQL Server 2025 Standard Edition (Japan Only)'}</t>
+  </si>
+  <si>
+    <t>SQL Server 2025 Standard edition and 15 CAL Pack</t>
+  </si>
+  <si>
+    <t>DG7GMGF0VNH6</t>
+  </si>
+  <si>
+    <t>{'ProductTitle': 'SQL Server 2025 Standard Edition', 'SkuTitle': 'SQL Server 2025 Standard Edition and 15 CAL Pack'}</t>
   </si>
   <si>
     <t>SQL Server Big Data Node Cores</t>
   </si>
   <si>
     <t>DG7GMGF0FKZX</t>
   </si>
   <si>
     <t>SQL Server Big Data Node Cores - 1 Year Subscription</t>
   </si>
   <si>
     <t>SQL Server Big Data Clusters consists of a SQL Server master pool, powered by the SQL Server 2019 Enterprise or Standard Edition database engine on Linux, and Big Data Nodes which are worker nodes that integrate Apache Spark and components of Apache Hadoop with the SQL Server engine to provide scale-out compute and storage.</t>
   </si>
   <si>
-    <t>SQL Server Enterprise Core 2022</t>
-[...55 lines deleted...]
-  <si>
     <t>System Center 2025 Datacenter</t>
   </si>
   <si>
     <t>DG7GMGF0PP48</t>
   </si>
   <si>
+    <t>System Center 2025 Datacenter - 2 Core License Pack 1 Year</t>
+  </si>
+  <si>
+    <t>System Center delivers a simplified datacenter management experience to keep you in control of your IT—whether on-premises, in the cloud, or across platforms. It builds on the experience and depth of the previous versions, and you can take your management capabilities even farther with Azure security and management capabilities, giving you visibility and control of data and applications that live across multiple systems from a single solution. Datacenter license is ideal for managing highly virtualized servers and licensed under the Management servers* (core-based) licensing model.</t>
+  </si>
+  <si>
+    <t>2025-04-01T00:00:00.0000000Z</t>
+  </si>
+  <si>
     <t>System Center 2025 Datacenter - 2 core License Pack 3 Year</t>
   </si>
   <si>
-    <t>System Center delivers a simplified datacenter management experience to keep you in control of your IT—whether on-premises, in the cloud, or across platforms. It builds on the experience and depth of the previous versions, and you can take your management capabilities even farther with Azure security and management capabilities, giving you visibility and control of data and applications that live across multiple systems from a single solution. Datacenter license is ideal for managing highly virtualized servers and licensed under the Management servers* (core-based) licensing model.</t>
-[...7 lines deleted...]
-  <si>
     <t>System Center 2025 Standard</t>
   </si>
   <si>
     <t>DG7GMGF0PP47</t>
   </si>
   <si>
+    <t>System Center 2025 Standard - 2 Core License Pack 3 Year</t>
+  </si>
+  <si>
+    <t>System Center delivers a simplified datacenter management experience to keep you in control of your IT—whether on-premises, in the cloud, or across platforms. It builds on the experience and depth of the previous versions, and you can take your management capabilities even farther with Azure security and management capabilities, giving you visibility and control of data and applications that live across multiple systems from a single solution. Datacenter license is ideal for managing lightly virtualized or non-virtualized servers and licensed under the Management servers* (core-based) licensing model.</t>
+  </si>
+  <si>
     <t>System Center 2025 Standard - 2 Core License Pack 1 Year</t>
   </si>
   <si>
-    <t>System Center delivers a simplified datacenter management experience to keep you in control of your IT—whether on-premises, in the cloud, or across platforms. It builds on the experience and depth of the previous versions, and you can take your management capabilities even farther with Azure security and management capabilities, giving you visibility and control of data and applications that live across multiple systems from a single solution. Datacenter license is ideal for managing lightly virtualized or non-virtualized servers and licensed under the Management servers* (core-based) licensing model.</t>
-[...4 lines deleted...]
-  <si>
     <t>Visio LTSC Professional 2024</t>
   </si>
   <si>
     <t>DG7GMGF0PN43</t>
   </si>
   <si>
     <t>Visio Professional 2024 (Japan only)</t>
   </si>
   <si>
     <t>Visio Professional LTSC 2024 makes it easier than ever for individuals and teams to create and share professional, versatile diagrams that simplify complex information. It includes all of the functionality of Visio Standard LTSC 2024 as well as updated shapes, templates, and styles; enhanced support for team collaboration, including the ability for several people to work on a single diagram at the same time; and the ability to link diagrams to data instantly. Visio Professional LTSC 2024 also helps prevent information leakage by enabling Information Rights Management.</t>
   </si>
   <si>
     <t>Visio LTSC Standard 2024</t>
   </si>
   <si>
     <t>DG7GMGF0PN42</t>
   </si>
   <si>
     <t>Visio Standard 2024 (Japan only)</t>
   </si>
   <si>
     <t>Visio Standard LTSC 2024 designed for individuals who are looking for a powerful diagramming platform with a rich set of built-in stencils. It helps users to simplify complex information through simple, easy-to-understand diagrams. Visio Standard includes stencils for business, basic network diagrams, organization charts, basic flowcharts, and general multi-purpose diagrams.</t>
   </si>
   <si>
     <t>Visual Studio Professional 2026</t>
@@ -756,366 +811,366 @@
   <si>
     <t>Windows 10 Enterprise LTSC 2021 Upgrade</t>
   </si>
   <si>
     <t>DG7GMGF0D19L</t>
   </si>
   <si>
     <t>Windows 10 Enterprise LTSC 2021 builds on Windows 10 Pro, version 21H2 adding premium features designed to address the needs of large and mid-size organizations (including large academic institutions), such as advanced protection against modern security threats, full flexibility of OS deployment, updating and support options; as well as comprehensive device and app management and control capabilities.       The LTSC edition provides customers with access to the Long-Term Servicing Channel as a deployment option for their special-purpose devices and environments. The LTSC edition will not be updated with any new features; features from Windows 10 that could be updated with new functionality (including Cortana and all in-box Universal Windows apps) are not included.</t>
   </si>
   <si>
     <t>Windows 10 Enterprise N LTSC 2021 Upgrade</t>
   </si>
   <si>
     <t>DG7GMGF0D19M</t>
   </si>
   <si>
     <t>Windows 10 Enterprise N LTSC 2021 builds on Windows 10 Pro N, version 21H2 adding premium features designed to address the needs of large and mid-size organizations (including large academic institutions), such as advanced protection against modern security threats, full flexibility of OS deployment, updating and support options; as well as comprehensive device and app management and control capabilities.      The LTSC edition provides customers with access to the Long-Term Servicing Channel as a deployment option for their special-purpose devices and environments. The LTSC edition will not be updated with any new features; features from Windows 10 that could be updated with new functionality (including Cortana and all in-box Universal Windows apps) are not included.      Windows 10 Enterprise N LTSC 2021 includes the same functionality as Windows 10 Enterprise LTSC 2021, except that it does not include certain media related technologies (e.g., Windows Media Player, Camera, Music, Movies &amp; TV) or the Skype app.</t>
   </si>
   <si>
     <t>Windows 10 ESU</t>
   </si>
   <si>
     <t>DG7GMGF0SSGZ</t>
   </si>
   <si>
+    <t>Windows 10 ESU Year 1 (2025 - 2026)</t>
+  </si>
+  <si>
+    <t>Windows 10 Extended Security Updates (ESU) include security updates for critical and important issues as defined by Microsoft Security Response Center (MSRC). After October 2025, PCs running Windows 10 will require ESU in order to receive security updates. Windows 10 Cloud Managed ESU are on a per-device basis.</t>
+  </si>
+  <si>
+    <t>Windows 10 ESU Year 3 (2027 - 2028)</t>
+  </si>
+  <si>
     <t>Windows 10 ESU Year 2 (2026 - 2027)</t>
   </si>
   <si>
-    <t>Windows 10 Extended Security Updates (ESU) include security updates for critical and important issues as defined by Microsoft Security Response Center (MSRC). After October 2025, PCs running Windows 10 will require ESU in order to receive security updates. Windows 10 Cloud Managed ESU are on a per-device basis.</t>
-[...7 lines deleted...]
-  <si>
     <t>Windows 10 IoT Enterprise LTSC 2021</t>
   </si>
   <si>
     <t>DG7GMGF0H3RD</t>
   </si>
   <si>
     <t>Windows IoT Enterprise LTSC is designed for use on fixed-function specialized devices and provides a 10-year support lifecycle.  Windows IoT Enterprise LTSC is a full version of Windows that delivers the same enterprise manageability and security capabilities that are found in Windows Enterprise.  It shares all the benefits of the worldwide Windows ecosystem including the ability to use the same familiar development and management tools used for your enterprise PCs and laptops.      The LTSC edition provides customers with access to the Long-Term Servicing channel as a deployment option for fixed-function specialized devices, which for Windows IoT Enterprise LTSC provides security updates for a full 10 years, however, does not include feature updates.  Consumer features such as the Windows Store, and in-box consumer applications are not included in this edition.  For more information about deploying Windows IoT Enterprise LTSC in your environment, see https://aka.ms/WinIoTinVL.    System Requirements    Processor:                           1 Ghz or faster (for more information, see https://aka.ms/winiothw)  Memory:               2 GB   Drive Space:                        20 GB available hard disk space  Operating System:              Windows 10 IoT Enterprise LTSC 2021, 64-bit</t>
   </si>
   <si>
     <t>Windows 11 Enterprise LTSC 2024 Upgrade</t>
   </si>
   <si>
     <t>DG7GMGF0PP46</t>
   </si>
   <si>
     <t>Windows 11 Enterprise LTSC 2024 builds on Windows 11 Enterprise, version 24H2 adding premium features designed to address the needs of large and mid-size organizations (including large academic institutions), such as advanced protection against modern security threats, full flexibility of OS deployment, updating and support options; as well as comprehensive device and app management and control capabilities.    The LTSC edition provides customers with access to the Long-Term Servicing Channel as a deployment option for their special-purpose devices and environments, with quality updates provided for a full 5 years.</t>
   </si>
   <si>
     <t>Windows 11 Enterprise N LTSC 2024 Upgrade</t>
   </si>
   <si>
     <t>DG7GMGF0PP45</t>
   </si>
   <si>
     <t>Windows 11 Enterprise N LTSC 2024 builds on Windows 11 Enterprise N, version 24H2 adding premium features designed to address the needs of large and mid-size organizations (including large academic institutions), such as advanced protection against modern security threats, full flexibility of OS deployment, updating and support options; as well as comprehensive device and app management and control capabilities.      The LTSC edition provides customers with access to the Long-Term Servicing Channel as a deployment option for their special-purpose devices and environments, with quality updates provided for a full 5 years.      Windows 11 Enterprise N LTSC 2024 includes the same functionality as Windows 11 Enterprise LTSC 2024, except that it does not include certain media related technologies (e.g., Windows Media Player, Camera, Music, Movies &amp; TV) or the Skype app.</t>
   </si>
   <si>
     <t>Windows 11 GGWA</t>
   </si>
   <si>
     <t>DG7GMGF0L4TL</t>
   </si>
   <si>
+    <t>Windows GGWA - Windows 11 Home (Edu) - Legalization Get Genuine</t>
+  </si>
+  <si>
+    <t>Get Genuine Windows (also known as “GGWA”) legalization solutions assist customers to convert non-genuine Windows operating systems to genuine, to remain compliant and encourage the purchase of genuine Windows pre-installed PCs in the future. GGWA is strictly to help a customer rectify a mis-licensing situation.    Customers may acquire GGWA licenses for the full version of the Windows desktop operating system for devices that require valid Windows licenses. Because GGWA licenses are full licenses for Windows, they do not have a Qualifying OS requirement. GGWA licenses are available only as a one-time purchase, where all units must be placed under a single order. These licenses may not be assigned to devices without a Qualifying OS if such devices are obtained after the customer’s order.    Windows 11 Home (Edu) is intended for academic institutions. Non-academic organizations should either choose Windows 11 Pro or work directly with their Microsoft seller.</t>
+  </si>
+  <si>
+    <t>Windows GGWA - Windows 11 Pro - Legalization Get Genuine</t>
+  </si>
+  <si>
+    <t>Get Genuine Windows (also known as “GGWA”) legalization solutions assist customers to convert non-genuine Windows operating systems to genuine, to remain compliant and encourage the purchase of genuine Windows pre-installed PCs in the future. GGWA is strictly to help a customer rectify a mis-licensing situation.    Customers may acquire GGWA licenses for the full version of the Windows desktop operating system for devices that require valid Windows licenses. Because GGWA licenses are full licenses for Windows, they do not have a Qualifying OS requirement. GGWA licenses are available only as a one-time purchase, where all units must be placed under a single order. These licenses may not be assigned to devices without a Qualifying OS if such devices are obtained after the customer’s order.    Windows 11 Pro is designed for small and medium businesses. Large organizations should work directly with their Microsoft seller.</t>
+  </si>
+  <si>
     <t>Windows GGWA - Windows 11 Pro N - Legalization Get Genuine</t>
   </si>
   <si>
     <t>Get Genuine Windows (also known as “GGWA”) legalization solutions assist customers to convert non-genuine Windows operating systems to genuine, to remain compliant and encourage the purchase of genuine Windows pre-installed PCs in the future. GGWA is strictly to help a customer rectify a mis-licensing situation.    Customers may acquire GGWA licenses for the full version of the Windows desktop operating system for devices that require valid Windows licenses. Because GGWA licenses are full licenses for Windows, they do not have a Qualifying OS requirement. GGWA licenses are available only as a one-time purchase, where all units must be placed under a single order. These licenses may not be assigned to devices without a Qualifying OS if such devices are obtained after the customer’s order.    Windows 11 Pro is designed for small and medium businesses. Large organizations should work directly with their Microsoft seller.    Windows 11 Pro N edition includes the same functionality as Windows 11 Pro, except that it does not include certain media related technologies (e.g., Windows Media Player, Camera, Music, Movies and TV) or the Skype app.</t>
   </si>
   <si>
-    <t>Windows GGWA - Windows 11 Home (Edu) - Legalization Get Genuine</t>
-[...10 lines deleted...]
-  <si>
     <t>Windows 11 IoT Enterprise LTSC 2024</t>
   </si>
   <si>
     <t>DG7GMGF0PP49</t>
   </si>
   <si>
     <t>Windows 11 IoT Enterprise LTSC is designed for use on fixed-function specialized devices and provides a 10-year support lifecycle, which includes quality updates for a full 10 years. It is a full version of Windows that delivers the same enterprise manageability and security capabilities that are found in Windows 11 Enterprise. It shares all the benefits of the worldwide Windows ecosystem including the ability to use the same familiar development and management tools used for your enterprise PCs and laptops. Consumer features such as the Windows Store, and in-box consumer applications are not included in this edition.    For more information about deploying Windows 11 IoT Enterprise LTSC in your environment, see https://aka.ms/WinIoTinVL.    System Requirements    Processor: 1 Ghz or faster   Memory: 4 GB  Drive Space: 64 GB available hard disk space  Operating System: Windows 11 IoT Enterprise LTSC 2024, 64-bit    For more information about system requirements, see https://aka.ms/winiothw.</t>
   </si>
   <si>
     <t>Windows 11 Pro</t>
   </si>
   <si>
     <t>DG7GMGF0D8H4</t>
   </si>
   <si>
+    <t>Windows 11 Pro Upgrade</t>
+  </si>
+  <si>
+    <t>Windows 11 Pro Upgrade License          Windows 11 Pro is designed for small and medium businesses and enables you to manage your devices and apps, protect your business data, facilitate remote and mobile scenarios, and take advantage of the cloud technologies for your organization. Windows 11 Pro has enterprise-grade security to help protect your data, and it's simple to set up and manage for multiple users. It works across your devices so you can stay mobile and integrates seamlessly with Office 365* -- connecting your team to maximize productivity.      * Subscription sold separately        The Windows Pro upgrade license is recommended if you want to:   - Upgrade Windows 7/8/8.1/10 to Windows 10 Pro or Windows 11 Pro      NOTE: See the Windows 11 device specifications for upgrade requirements and supported features. Certain features require additional hardware.      Installing Windows 11 media on a PC that does not meet the Windows 11 minimum system requirements is not recommended and may result in compatibility issues. If you proceed with installing Windows 11 on a PC that does not meet the requirements, that PC will no longer be supported and won't be entitled to receive updates. Damages to the PC due to lack of compatibility aren't covered under the manufacturer warranty.</t>
+  </si>
+  <si>
+    <t>All the features of Windows 11 Home plus enterprise-grade security, powerful management tools like BitLocker device encryption, and enhanced productivity with remote desktop. Licensed for 1 PC or Mac.  NOTE: Not all devices running Windows 10 are eligible to receive a Windows 11 upgrade. See the Windows 11 device specifications for upgrade requirements and supported features. Certain features require additional hardware.  Installing Windows 11 media on a PC that does not meet the Windows 11 minimum system requirements is not recommended and may result in compatibility issues. If you proceed with installing Windows 11 on a PC that does not meet the requirements, that PC will no longer be supported and won't be entitled to receive updates. Damages to the PC due to lack of compatibility aren't covered under the manufacturer warranty.</t>
+  </si>
+  <si>
     <t>Windows 11 Home to Pro Upgrade for Microsoft 365 Business</t>
   </si>
   <si>
     <t>All the features of Windows 11 Home plus enterprise-grade security, powerful management tools like BitLocker device encryption, and enhanced productivity with remote desktop. Licensed for 1 PC or Mac.      This offer is for customers with a Microsoft 365 Business subscription and upgrades a Windows 11 Home device to Windows 11 Pro for the purposes of deploying Microsoft 365 Business.      NOTE: Not all devices running Windows 10 are eligible to receive a Windows 11 upgrade. See the Windows 11 device specifications for upgrade requirements and supported features. Certain features require additional hardware.  	     Installing Windows 11 media on a PC that does not meet the Windows 11 minimum system requirements is not recommended and may result in compatibility issues. If you proceed with installing Windows 11 on a PC that does not meet the requirements, that PC will no longer be supported and won't be entitled to receive updates. Damages to the PC due to lack of compatibility aren't covered under the manufacturer warranty.</t>
   </si>
   <si>
-    <t>All the features of Windows 11 Home plus enterprise-grade security, powerful management tools like BitLocker device encryption, and enhanced productivity with remote desktop. Licensed for 1 PC or Mac.  NOTE: Not all devices running Windows 10 are eligible to receive a Windows 11 upgrade. See the Windows 11 device specifications for upgrade requirements and supported features. Certain features require additional hardware.  Installing Windows 11 media on a PC that does not meet the Windows 11 minimum system requirements is not recommended and may result in compatibility issues. If you proceed with installing Windows 11 on a PC that does not meet the requirements, that PC will no longer be supported and won't be entitled to receive updates. Damages to the PC due to lack of compatibility aren't covered under the manufacturer warranty.</t>
-[...7 lines deleted...]
-  <si>
     <t>Windows 11 Pro N</t>
   </si>
   <si>
     <t>DG7GMGF0D8H3</t>
   </si>
   <si>
+    <t>Windows 11 Home N to Pro N Upgrade for Microsoft 365 Business</t>
+  </si>
+  <si>
+    <t>All the features of Windows 11 Home plus enterprise-grade security, powerful management tools like BitLocker device encryption, and enhanced productivity with remote desktop. Licensed for 1 PC or Mac.      Windows 11 Pro N includes the same functionality as Windows 11 Pro, except that it does not include certain media related technologies (e.g., Windows Media Player, Camera, Music, Movies &amp; TV) or the Skype app.  This offer is for customers with a Microsoft 365 Business subscription and upgrades a Windows 11 Home device to Windows 11 Pro for the purposes of deploying Microsoft 365 Business.      NOTE: Not all devices running Windows 10 are eligible to receive a Windows 11 upgrade. See the Windows 11 device specifications for upgrade requirements and supported features. Certain features require additional hardware.  	     Installing Windows 11 media on a PC that does not meet the Windows 11 minimum system requirements is not recommended and may result in compatibility issues. If you proceed with installing Windows 11 on a PC that does not meet the requirements, that PC will no longer be supported and won't be entitled to receive updates. Damages to the PC due to lack of compatibility aren't covered under the manufacturer warranty.</t>
+  </si>
+  <si>
+    <t>Windows 11 Pro N Upgrade</t>
+  </si>
+  <si>
+    <t>Windows 11 Pro N Upgrade License         Windows 11 Pro is designed for small and medium businesses and enables you to manage your devices and apps, protect your business data, facilitate remote and mobile scenarios, and take advantage of the cloud technologies for your organization. Windows 11 Pro has enterprise-grade security to help protect your data, and it's simple to set up and manage for multiple users. It works across your devices so you can stay mobile and integrates seamlessly with Office 365* -- connecting your team to maximize productivity.    Windows 11 Pro N includes the same functionality as Windows 11 Pro, except that it does not include certain media related technologies (e.g., Windows Media Player, Camera, Music, Movies &amp; TV) or the Skype app.      * Subscription sold separately        The Windows Pro upgrade license is recommended if you want to:   - Upgrade Windows 7/8/8.1/10 to Windows 10 Pro or Windows 11 Pro      NOTE: See the Windows 11 device specifications for upgrade requirements and supported features. Certain features require additional hardware.      Installing Windows 11 media on a PC that does not meet the Windows 11 minimum system requirements is not recommended and may result in compatibility issues. If you proceed with installing Windows 11 on a PC that does not meet the requirements, that PC will no longer be supported and won't be entitled to receive updates. Damages to the PC due to lack of compatibility aren't covered under the manufacturer warranty.</t>
+  </si>
+  <si>
     <t>All the features of Windows 11 Home plus enterprise-grade security, powerful management tools like BitLocker device encryption, and enhanced productivity with remote desktop. Licensed for 1 PC or Mac. Windows 11 Pro N includes the same functionality as Windows 11 Pro, except that it does not include certain media related technologies (e.g., Windows Media Player, Camera, Music, Movies &amp; TV) or the Skype app.  NOTE: Not all devices running Windows 10 are eligible to receive a Windows 11 upgrade. See the Windows 11 device specifications for upgrade requirements and supported features. Certain features require additional hardware.  Installing Windows 11 media on a PC that does not meet the Windows 11 minimum system requirements is not recommended and may result in compatibility issues. If you proceed with installing Windows 11 on a PC that does not meet the requirements, that PC will no longer be supported and won't be entitled to receive updates. Damages to the PC due to lack of compatibility aren't covered under the manufacturer warranty.</t>
   </si>
   <si>
-    <t>Windows 11 Pro N Upgrade</t>
-[...10 lines deleted...]
-  <si>
     <t>Windows Remote Desktop External Connector 2025</t>
   </si>
   <si>
     <t>DG7GMGF0PWHS</t>
   </si>
   <si>
     <t>Windows Server 2025 Remote Desktop Services External Connector - License 1</t>
   </si>
   <si>
     <t>Remote Desktop Services (formerly known as Terminal Services) accelerates and extends desktop and application deployments to any device. Remote Desktop Services improves remote worker efficiency, while helping to keep critical intellectual property secure and simplifies regulatory compliance. Enable virtual desktop infrastructure (VDI), session-based desktops, and applications, and allow users to work anywhere. Remote Desktop Services provides three deployment choices, allowing flexibility to deploy the right type of VDI desktop for users, all from a single platform. Host either sessions-based desktop, pooled virtual machines, or personal virtual machines. This External Connector permits multiple external users to access a single Remote Desktop server. If you have multiple servers, you need multiple external connectors in addition to any required Windows Server External Connectors.</t>
   </si>
   <si>
     <t>Windows Rights Management Services CAL 2025</t>
   </si>
   <si>
     <t>DG7GMGF0PWHF</t>
   </si>
   <si>
+    <t>Windows Server 2025 RMS CAL - 1 Device CAL - 1 year</t>
+  </si>
+  <si>
+    <t>A Rights Management Services (RMS) Client Access License (CAL) and a Windows Server Client Access License (CAL) is required for each user or device that accesses the Rights Management Services software.  Please purchase the appropriate number of user or device CALs for each user or device that accesses the Rights Management Services software.  This is a one-year subscription to an RMS device CAL.</t>
+  </si>
+  <si>
+    <t>Windows Server 2025 RMS CAL - 1 User CAL - 1 year</t>
+  </si>
+  <si>
+    <t>A Rights Management Services (RMS) Client Access License (CAL) and a Windows Server Client Access License (CAL) is required for each user or device that accesses the Rights Management Services software.  Please purchase the appropriate number of user or device CALs for each user or device that accesses the Rights Management Services software.  This is a one-year subscription to an RMS user CAL.</t>
+  </si>
+  <si>
     <t>Windows Server 2025 RMS CAL - 1 User CAL - 3 year</t>
   </si>
   <si>
     <t>A Rights Management Services (RMS) Client Access License (CAL) and a Windows Server Client Access License (CAL) is required for each user or device that accesses the Rights Management Services software.  Please purchase the appropriate number of user or device CALs for each user or device that accesses the Rights Management Services software.  This is a three-year subscription to an RMS user CAL.</t>
   </si>
   <si>
     <t>Windows Server 2025 RMS CAL - 1 Device CAL - 3 year</t>
   </si>
   <si>
     <t>A Rights Management Services (RMS) Client Access License (CAL) and a Windows Server Client Access License (CAL) is required for each user or device that accesses the Rights Management Services software.  Please purchase the appropriate number of user or device CALs for each user or device that accesses the Rights Management Services software.  This is a three-year subscription to an RMS device CAL.</t>
   </si>
   <si>
-    <t>Windows Server 2025 RMS CAL - 1 User CAL - 1 year</t>
-[...4 lines deleted...]
-  <si>
     <t>Rights Management Services (RMS) 2025 CAL-1 Device</t>
   </si>
   <si>
     <t>A Rights Management Services Client Access License (CAL) and a Windows Server Client Access License (CAL) is required for each user or device that accesses the Rights Management Services software. You'll need a user or device CAL for each user or device that accesses the software.</t>
   </si>
   <si>
     <t>Rights Management Services (RMS) 2025 CAL- 1 User</t>
   </si>
   <si>
-    <t>Windows Server 2025 RMS CAL - 1 Device CAL - 1 year</t>
-[...4 lines deleted...]
-  <si>
     <t>Windows Server 2025 External Connector</t>
   </si>
   <si>
     <t>DG7GMGF0XCZ4</t>
   </si>
   <si>
     <t>For Business that have external users (Contractors, Consultants) and would prefer to license the whole server for external access rather than purchase individual CALs for external Users.</t>
   </si>
   <si>
     <t>Windows Server 2025 Remote Desktop Services</t>
   </si>
   <si>
     <t>DG7GMGF0PWHB</t>
   </si>
   <si>
     <t>Windows Server 2025 Remote Desktop Services - 1 Device CAL</t>
   </si>
   <si>
     <t>• Securely connect remote users • Get access from managed or unmanaged devices • Connect to session-based or virtual-machine-based desktops • Use datacenter apps within corporate networks or from the internet</t>
   </si>
   <si>
     <t>Windows Server 2025 Remote Desktop Services - 1 User CAL</t>
   </si>
   <si>
     <t>Windows Server 2025 Remote Desktop Services - 1 User CAL 3 Year</t>
   </si>
   <si>
     <t>Windows Server 2025 Remote Desktop Services - 1 User CAL 1 Year</t>
   </si>
   <si>
     <t>Windows Server CAL 2025</t>
   </si>
   <si>
     <t>DG7GMGF0PWHT</t>
   </si>
   <si>
+    <t>Windows Server 2025 CAL - 1 User CAL - 3 year</t>
+  </si>
+  <si>
+    <t>A Client Access License (CAL) is required for each user that accesses Windows Server. This is a three-year subscription to a user CAL.</t>
+  </si>
+  <si>
+    <t>Windows Server 2025 CAL - 1 Device CAL - 1 year</t>
+  </si>
+  <si>
+    <t>A Client Access License (CAL) is required for each device that accesses Windows Server. This is a one-year subscription to a device CAL.</t>
+  </si>
+  <si>
+    <t>Windows Server 2025 CAL - 1 Device CAL - 3 year</t>
+  </si>
+  <si>
+    <t>A Client Access License (CAL) is required for each device that accesses Windows Server. This is a three-year subscription to a device CAL.</t>
+  </si>
+  <si>
+    <t>Windows Server 2025 - 1 Device CAL</t>
+  </si>
+  <si>
+    <t>Windows Server is the cloud-ready operating system that supports your current workloads while introducing new technologies that make it easy to transition to cloud computing when you're ready.  A Client Access License (CAL) is required for each user or device that accesses Windows Server or Windows Datacenter server software. This license is for one user CAL.</t>
+  </si>
+  <si>
     <t>Windows Server 2025 - 1 User CAL</t>
   </si>
   <si>
     <t>"Windows Server is the cloud-ready operating system that supports your current workloads while introducing new technologies that make it easy to transition to cloud computing when you're ready.  A Client Access License (CAL) is required for each user or device that accesses Windows Server or Windows Datacenter server software. This license is for one user CAL."</t>
   </si>
   <si>
-    <t>Windows Server 2025 - 1 Device CAL</t>
-[...16 lines deleted...]
-  <si>
     <t>Windows Server 2025 CAL - 1 User CAL - 1 year</t>
   </si>
   <si>
     <t>A Client Access License (CAL) is required for each user that accesses Windows Server. This is a one-year subscription to a user CAL.</t>
   </si>
   <si>
-    <t>Windows Server 2025 CAL - 1 Device CAL - 3 year</t>
-[...4 lines deleted...]
-  <si>
     <t>Windows Server Data Center Core 2025</t>
   </si>
   <si>
     <t>DG7GMGF0PWHD</t>
   </si>
   <si>
+    <t>Windows Server 2025 Datacenter - 8 Core License Pack 1 Year</t>
+  </si>
+  <si>
+    <t>Windows Server is the cloud-ready operating system that supports current workloads while introducing new technologies that make it easy to transition to cloud computing. It delivers powerful new layers of security along with Azure-inspired innovation for the applications and infrastructure that power your business. This is a one-year subscription to a pack of 8 core licenses, with a minimum of 8 core licenses per physical processor or virtual machine and a minimum of 16 core licenses per server. This purchase includes Azure Hybrid Benefits for Windows Server enabling you to run in Azure Windows Server VMs at the Linux rate. You also need to purchase Windows Server Client Access Licenses (CALs) for every user or device accessing the (physical) server.</t>
+  </si>
+  <si>
+    <t>Windows Server 2025 Datacenter - 8 Core License Pack 3 Year</t>
+  </si>
+  <si>
+    <t>Windows Server is the cloud-ready operating system that supports current workloads while introducing new technologies that make it easy to transition to cloud computing. It delivers powerful new layers of security along with Azure-inspired innovation for the applications and infrastructure that power your business. This is a three-year subscription to a pack of 8 core licenses, with a minimum of 8 core licenses per physical processor or virtual machine and a minimum of 16 core licenses per server. This purchase includes Azure Hybrid Benefits for Windows Server enabling you to run in Azure Windows Server VMs at the Linux rate. You also need to purchase Windows Server Client Access Licenses (CALs) for every user or device accessing the (physical) server.</t>
+  </si>
+  <si>
+    <t>Windows Server 2025 Datacenter - 2 Core License Pack 3 Year</t>
+  </si>
+  <si>
     <t>Windows Server 2025 Datacenter - 2 Core</t>
   </si>
   <si>
     <t>Windows Server 2025 is the cloud-ready operating system that supports your current workloads while introducing new technologies that make it easy to transition to cloud computing when you are ready. It delivers powerful new layers of security along with Azure-inspired innovation for the applications and infrastructure that power your business. Windows Server 2025 Datacenter is for highly virtualized datacenter and cloud environments. Each purchase includes 2 core licenses.  A minimum of 16 core licenses (eight 2-core packs) is required per server. If your server has more than 16 cores, you will need to buy additional licenses (see Windows Server licensing page for details.) You also need to purchase Windows Server Client Access Licenses (CALs) for every user or device accessing the server.</t>
   </si>
   <si>
+    <t>Windows Server 2025 Datacenter - 2 Core License Pack 1 Year</t>
+  </si>
+  <si>
     <t>Windows Server 2025 Datacenter - 16 Core</t>
   </si>
   <si>
     <t>Windows Server 2025 is the cloud-ready operating system that supports your current workloads while introducing new technologies that make it easy to transition to cloud computing when you are ready. It delivers powerful new layers of security along with Azure-inspired innovation for the applications and infrastructure that power your business. Windows Server 2025 Datacenter is for highly virtualized datacenter and cloud environments.  Each purchase includes 2 core licenses.  A minimum of 16 core licenses (eight 2-core packs) is required per server. If your server has more than 16 cores, you will need to buy additional licenses (see Windows Server licensing page for details.) You also need to purchase Windows Server Client Access Licenses (CALs) for every user or device accessing the server.</t>
   </si>
   <si>
-    <t>Windows Server 2025 Datacenter - 2 Core License Pack 3 Year</t>
-[...16 lines deleted...]
-  <si>
     <t>Windows Server Rights Management External Connector</t>
   </si>
   <si>
     <t>DG7GMGF0XCZ2</t>
   </si>
   <si>
     <t>Windows Rights Management External Connector 2025</t>
   </si>
   <si>
     <t>For Business that have external users (Contractors, Consultants) accessing Rights Management Services and would prefer to license the whole server for external access rather than purchase individual CALs for external Users.</t>
   </si>
   <si>
     <t>Windows Server Standard Core 2025</t>
   </si>
   <si>
     <t>DG7GMGF0PWHC</t>
   </si>
   <si>
+    <t>Windows Server 2025 Standard - 8 Core License Pack 1 Year</t>
+  </si>
+  <si>
+    <t>Windows Server 2025 Standard - 8 Core License Pack 3 Year</t>
+  </si>
+  <si>
     <t>Windows Server 2025 Standard - 2 Core License Pack 3 Year</t>
   </si>
   <si>
     <t>Windows Server 2025 is the cloud-ready operating system that supports your current workloads while introducing new technologies that make it easy to transition to cloud computing when you're ready. It delivers powerful new layers of security along with Azure-inspired innovation for the applications and infrastructure that power your business. Windows Server 2025 Standard edition is ideal for those with physical or minimally virtualized environments. This is a one-year subscription to a pack of 2 core licenses, with a minimum of 8 core licenses per physical processor or virtual machine and a minimum of 16 core licenses per server. This purchase includes Azure Hybrid Benefits for Windows Server enabling you to run in Azure Windows Server VMs at the Linux rate. You also need to purchase Windows Server Client Access Licenses (CALs) for every user or device accessing the (physical) server.</t>
   </si>
   <si>
+    <t>Windows Server 2025 Standard - 2 Core License Pack 1 Year</t>
+  </si>
+  <si>
+    <t>"Windows Server 2025 is the cloud-ready operating system that supports your current workloads while introducing new technologies that make it easy to transition to cloud computing when you're ready. It delivers powerful new layers of security along with Azure-inspired innovation for the applications and infrastructure that power your business. Windows Server 2025 Standard edition is ideal for those with physical or minimally virtualized environments. This is a one-year subscription to a pack of 2 core licenses, with a minimum of 8 core licenses per physical processor or virtual machine and a minimum of 16 core licenses per server. This purchase includes Azure Hybrid Benefits for Windows Server enabling you to run in Azure Windows Server VMs at the Linux rate. You also need to purchase Windows Server Client Access Licenses (CALs) for every user or device accessing the (physical) server."</t>
+  </si>
+  <si>
+    <t>Windows Server 2025 Standard - 16 Core License Pack</t>
+  </si>
+  <si>
+    <t>"Windows Server 2025 is the cloud-ready operating system that supports your current workloads while introducing new technologies that make it easy to transition to cloud computing when you're ready. It delivers powerful new layers of security along with Azure-inspired innovation for the applications and infrastructure that power your business. Windows Server 2025 Standard edition is ideal for those with physical or minimally virtualized environments. A minimum of 16 core licenses (eight 2-core packs) is required per server. If your server has more than 16 cores, you will need to buy additional licenses (see Windows Server licensing page for details.) You also need to purchase Windows Server Client Access Licenses (CALs) for every user or device accessing the server."</t>
+  </si>
+  <si>
     <t>Windows Server 2025 Standard - 2 Core</t>
-  </si>
-[...16 lines deleted...]
-    <t>Windows Server 2025 Standard - 8 Core License Pack 1 Year</t>
   </si>
   <si>
     <t>Word LTSC 2024</t>
   </si>
   <si>
     <t>DG7GMGF0PN41</t>
   </si>
   <si>
     <t>Word 2024 (Japan only)</t>
   </si>
   <si>
     <t>Word LTSC 2024 enables you to create compelling content more confidently with  Document Recovery and updated themes.</t>
   </si>
   <si>
     <t>Word LTSC for Mac 2024</t>
   </si>
   <si>
     <t>DG7GMGF0PN40</t>
   </si>
   <si>
     <t>Word for Mac 2024 (Japan only)</t>
   </si>
   <si>
     <t>Word LTSC for Mac 2024 enables you to create compelling content more confidently with  Document Recovery and updated themes.</t>
   </si>
@@ -1754,51 +1809,55 @@
     <cellStyle name="見出し 1" xfId="2" builtinId="16" customBuiltin="1"/>
     <cellStyle name="見出し 2" xfId="3" builtinId="17" customBuiltin="1"/>
     <cellStyle name="見出し 3" xfId="4" builtinId="18" customBuiltin="1"/>
     <cellStyle name="見出し 4" xfId="5" builtinId="19" customBuiltin="1"/>
     <cellStyle name="集計" xfId="17" builtinId="25" customBuiltin="1"/>
     <cellStyle name="出力" xfId="10" builtinId="21" customBuiltin="1"/>
     <cellStyle name="説明文" xfId="16" builtinId="53" customBuiltin="1"/>
     <cellStyle name="入力" xfId="9" builtinId="20" customBuiltin="1"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="良い" xfId="6" builtinId="26" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -2073,10219 +2132,11621 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A9A50ACB-765E-4B46-A0A6-4146DF2E767A}">
-  <dimension ref="A1:O284"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7899BD64-257E-49B0-ADBD-0483A13A0B56}">
+  <dimension ref="A1:Q296"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="O10" sqref="O10"/>
+      <selection activeCell="O9" sqref="O9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18" x14ac:dyDescent="0.55000000000000004"/>
+  <cols>
+    <col min="5" max="5" width="41.6640625" customWidth="1"/>
+  </cols>
   <sheetData>
-    <row r="1" spans="1:15" x14ac:dyDescent="0.55000000000000004">
+    <row r="1" spans="1:17" x14ac:dyDescent="0.55000000000000004">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
       <c r="O1" t="s">
         <v>14</v>
       </c>
-    </row>
-    <row r="2" spans="1:15" x14ac:dyDescent="0.55000000000000004">
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="2" spans="1:17" x14ac:dyDescent="0.55000000000000004">
       <c r="A2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B2" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-      <c r="D2" t="s">
         <v>18</v>
       </c>
+      <c r="C2" t="s">
+        <v>19</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>20</v>
+      </c>
       <c r="E2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F2" t="s">
+        <v>22</v>
+      </c>
+      <c r="G2" t="s">
+        <v>23</v>
+      </c>
+      <c r="J2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B3" t="s">
+        <v>18</v>
+      </c>
+      <c r="C3" t="s">
         <v>19</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>21</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="F3" t="s">
+        <v>22</v>
+      </c>
+      <c r="G3" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...16 lines deleted...]
-      <c r="D3" t="s">
+      <c r="J3" t="s">
+        <v>24</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>27</v>
+      </c>
+      <c r="P3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="4" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B4" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="C4" t="s">
         <v>19</v>
       </c>
-      <c r="F3" t="s">
+      <c r="D4" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="I3" t="s">
+      <c r="E4" t="s">
         <v>21</v>
       </c>
-      <c r="L3" t="s">
-[...2 lines deleted...]
-      <c r="M3" t="s">
+      <c r="F4" t="s">
+        <v>22</v>
+      </c>
+      <c r="G4" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-[...22 lines deleted...]
-      <c r="F4" t="s">
+      <c r="J4" t="s">
+        <v>24</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>27</v>
+      </c>
+      <c r="P4" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="5" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A5" t="s">
+        <v>17</v>
+      </c>
+      <c r="B5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="I4" t="s">
-[...16 lines deleted...]
-      <c r="A5" t="s">
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>22</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I5" t="s">
+        <v>35</v>
+      </c>
+      <c r="J5" t="s">
+        <v>36</v>
+      </c>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>37</v>
+      </c>
+      <c r="P5" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A6" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="I6" t="s">
+        <v>35</v>
+      </c>
+      <c r="J6" t="s">
+        <v>38</v>
+      </c>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>37</v>
+      </c>
+      <c r="P6" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A7" t="s">
+        <v>17</v>
+      </c>
+      <c r="B7" t="s">
+        <v>31</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E7" t="s">
+        <v>40</v>
+      </c>
+      <c r="F7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G7" t="s">
+        <v>41</v>
+      </c>
+      <c r="I7" t="s">
+        <v>42</v>
+      </c>
+      <c r="J7" t="s">
+        <v>36</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>37</v>
+      </c>
+      <c r="P7" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A8" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" t="s">
+        <v>43</v>
+      </c>
+      <c r="C8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E8" t="s">
+        <v>43</v>
+      </c>
+      <c r="F8" t="s">
+        <v>22</v>
+      </c>
+      <c r="G8" t="s">
+        <v>46</v>
+      </c>
+      <c r="J8" t="s">
+        <v>24</v>
+      </c>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>27</v>
+      </c>
+      <c r="P8" t="s">
         <v>28</v>
       </c>
-      <c r="B5" t="s">
+    </row>
+    <row r="9" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A9" t="s">
+        <v>17</v>
+      </c>
+      <c r="B9" t="s">
+        <v>43</v>
+      </c>
+      <c r="C9" t="s">
+        <v>44</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E9" t="s">
+        <v>43</v>
+      </c>
+      <c r="F9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G9" t="s">
+        <v>46</v>
+      </c>
+      <c r="J9" t="s">
+        <v>24</v>
+      </c>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P9" t="s">
         <v>29</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...23 lines deleted...]
-      <c r="N5" t="s">
+    </row>
+    <row r="10" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A10" t="s">
+        <v>17</v>
+      </c>
+      <c r="B10" t="s">
+        <v>43</v>
+      </c>
+      <c r="C10" t="s">
+        <v>44</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F10" t="s">
+        <v>22</v>
+      </c>
+      <c r="G10" t="s">
+        <v>46</v>
+      </c>
+      <c r="J10" t="s">
+        <v>24</v>
+      </c>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>27</v>
+      </c>
+      <c r="P10" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B11" t="s">
+        <v>47</v>
+      </c>
+      <c r="C11" t="s">
+        <v>48</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>47</v>
+      </c>
+      <c r="F11" t="s">
+        <v>22</v>
+      </c>
+      <c r="G11" t="s">
+        <v>49</v>
+      </c>
+      <c r="J11" t="s">
+        <v>24</v>
+      </c>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>27</v>
+      </c>
+      <c r="P11" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A12" t="s">
+        <v>17</v>
+      </c>
+      <c r="B12" t="s">
+        <v>47</v>
+      </c>
+      <c r="C12" t="s">
+        <v>48</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>47</v>
+      </c>
+      <c r="F12" t="s">
+        <v>22</v>
+      </c>
+      <c r="G12" t="s">
+        <v>49</v>
+      </c>
+      <c r="J12" t="s">
+        <v>24</v>
+      </c>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>27</v>
+      </c>
+      <c r="P12" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A13" t="s">
+        <v>17</v>
+      </c>
+      <c r="B13" t="s">
+        <v>47</v>
+      </c>
+      <c r="C13" t="s">
+        <v>48</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>47</v>
+      </c>
+      <c r="F13" t="s">
+        <v>22</v>
+      </c>
+      <c r="G13" t="s">
+        <v>49</v>
+      </c>
+      <c r="J13" t="s">
+        <v>24</v>
+      </c>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>27</v>
+      </c>
+      <c r="P13" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A14" t="s">
+        <v>17</v>
+      </c>
+      <c r="B14" t="s">
+        <v>50</v>
+      </c>
+      <c r="C14" t="s">
+        <v>51</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E14" t="s">
+        <v>50</v>
+      </c>
+      <c r="F14" t="s">
+        <v>22</v>
+      </c>
+      <c r="G14" t="s">
+        <v>52</v>
+      </c>
+      <c r="J14" t="s">
+        <v>24</v>
+      </c>
+      <c r="M14" t="s">
+        <v>25</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>27</v>
+      </c>
+      <c r="P14" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="15" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A15" t="s">
+        <v>17</v>
+      </c>
+      <c r="B15" t="s">
+        <v>50</v>
+      </c>
+      <c r="C15" t="s">
+        <v>51</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F15" t="s">
+        <v>22</v>
+      </c>
+      <c r="G15" t="s">
+        <v>52</v>
+      </c>
+      <c r="J15" t="s">
+        <v>24</v>
+      </c>
+      <c r="M15" t="s">
+        <v>25</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>27</v>
+      </c>
+      <c r="P15" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="16" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A16" t="s">
+        <v>17</v>
+      </c>
+      <c r="B16" t="s">
+        <v>50</v>
+      </c>
+      <c r="C16" t="s">
+        <v>51</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E16" t="s">
+        <v>50</v>
+      </c>
+      <c r="F16" t="s">
+        <v>22</v>
+      </c>
+      <c r="G16" t="s">
+        <v>52</v>
+      </c>
+      <c r="J16" t="s">
+        <v>24</v>
+      </c>
+      <c r="M16" t="s">
+        <v>25</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>27</v>
+      </c>
+      <c r="P16" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A17" t="s">
+        <v>17</v>
+      </c>
+      <c r="B17" t="s">
+        <v>53</v>
+      </c>
+      <c r="C17" t="s">
+        <v>54</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>55</v>
+      </c>
+      <c r="F17" t="s">
+        <v>22</v>
+      </c>
+      <c r="G17" t="s">
+        <v>56</v>
+      </c>
+      <c r="J17" t="s">
+        <v>24</v>
+      </c>
+      <c r="M17" t="s">
+        <v>25</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>27</v>
+      </c>
+      <c r="P17" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A18" t="s">
+        <v>17</v>
+      </c>
+      <c r="B18" t="s">
+        <v>53</v>
+      </c>
+      <c r="C18" t="s">
+        <v>54</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>55</v>
+      </c>
+      <c r="F18" t="s">
+        <v>22</v>
+      </c>
+      <c r="G18" t="s">
+        <v>56</v>
+      </c>
+      <c r="J18" t="s">
+        <v>24</v>
+      </c>
+      <c r="M18" t="s">
+        <v>25</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>27</v>
+      </c>
+      <c r="P18" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A19" t="s">
+        <v>17</v>
+      </c>
+      <c r="B19" t="s">
+        <v>53</v>
+      </c>
+      <c r="C19" t="s">
+        <v>54</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>55</v>
+      </c>
+      <c r="F19" t="s">
+        <v>22</v>
+      </c>
+      <c r="G19" t="s">
+        <v>56</v>
+      </c>
+      <c r="J19" t="s">
+        <v>24</v>
+      </c>
+      <c r="M19" t="s">
+        <v>25</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>27</v>
+      </c>
+      <c r="P19" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A20" t="s">
+        <v>17</v>
+      </c>
+      <c r="B20" t="s">
+        <v>57</v>
+      </c>
+      <c r="C20" t="s">
+        <v>58</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E20" t="s">
+        <v>59</v>
+      </c>
+      <c r="F20" t="s">
+        <v>22</v>
+      </c>
+      <c r="G20" t="s">
+        <v>60</v>
+      </c>
+      <c r="J20" t="s">
+        <v>24</v>
+      </c>
+      <c r="M20" t="s">
+        <v>25</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>27</v>
+      </c>
+      <c r="P20" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A21" t="s">
+        <v>17</v>
+      </c>
+      <c r="B21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C21" t="s">
+        <v>58</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E21" t="s">
+        <v>59</v>
+      </c>
+      <c r="F21" t="s">
+        <v>22</v>
+      </c>
+      <c r="G21" t="s">
+        <v>60</v>
+      </c>
+      <c r="J21" t="s">
+        <v>24</v>
+      </c>
+      <c r="M21" t="s">
+        <v>25</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>27</v>
+      </c>
+      <c r="P21" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A22" t="s">
+        <v>17</v>
+      </c>
+      <c r="B22" t="s">
+        <v>57</v>
+      </c>
+      <c r="C22" t="s">
+        <v>58</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E22" t="s">
+        <v>59</v>
+      </c>
+      <c r="F22" t="s">
+        <v>22</v>
+      </c>
+      <c r="G22" t="s">
+        <v>60</v>
+      </c>
+      <c r="J22" t="s">
+        <v>24</v>
+      </c>
+      <c r="M22" t="s">
+        <v>25</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>27</v>
+      </c>
+      <c r="P22" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A23" t="s">
+        <v>17</v>
+      </c>
+      <c r="B23" t="s">
+        <v>61</v>
+      </c>
+      <c r="C23" t="s">
+        <v>62</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E23" t="s">
+        <v>61</v>
+      </c>
+      <c r="F23" t="s">
+        <v>22</v>
+      </c>
+      <c r="G23" t="s">
+        <v>63</v>
+      </c>
+      <c r="J23" t="s">
+        <v>24</v>
+      </c>
+      <c r="M23" t="s">
+        <v>25</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>27</v>
+      </c>
+      <c r="P23" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A24" t="s">
+        <v>17</v>
+      </c>
+      <c r="B24" t="s">
+        <v>61</v>
+      </c>
+      <c r="C24" t="s">
+        <v>62</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E24" t="s">
+        <v>61</v>
+      </c>
+      <c r="F24" t="s">
+        <v>22</v>
+      </c>
+      <c r="G24" t="s">
+        <v>63</v>
+      </c>
+      <c r="J24" t="s">
+        <v>24</v>
+      </c>
+      <c r="M24" t="s">
+        <v>25</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>27</v>
+      </c>
+      <c r="P24" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A25" t="s">
+        <v>17</v>
+      </c>
+      <c r="B25" t="s">
+        <v>61</v>
+      </c>
+      <c r="C25" t="s">
+        <v>62</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E25" t="s">
+        <v>61</v>
+      </c>
+      <c r="F25" t="s">
+        <v>22</v>
+      </c>
+      <c r="G25" t="s">
+        <v>63</v>
+      </c>
+      <c r="J25" t="s">
+        <v>24</v>
+      </c>
+      <c r="M25" t="s">
+        <v>25</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>27</v>
+      </c>
+      <c r="P25" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A26" t="s">
+        <v>17</v>
+      </c>
+      <c r="B26" t="s">
+        <v>64</v>
+      </c>
+      <c r="C26" t="s">
+        <v>65</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="E26" t="s">
+        <v>67</v>
+      </c>
+      <c r="F26" t="s">
+        <v>22</v>
+      </c>
+      <c r="G26" t="s">
+        <v>68</v>
+      </c>
+      <c r="J26" t="s">
+        <v>24</v>
+      </c>
+      <c r="M26" t="s">
+        <v>25</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>27</v>
+      </c>
+      <c r="P26" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A27" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" t="s">
+        <v>64</v>
+      </c>
+      <c r="C27" t="s">
+        <v>65</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="E27" t="s">
+        <v>67</v>
+      </c>
+      <c r="F27" t="s">
+        <v>22</v>
+      </c>
+      <c r="G27" t="s">
+        <v>68</v>
+      </c>
+      <c r="J27" t="s">
+        <v>24</v>
+      </c>
+      <c r="M27" t="s">
+        <v>25</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>27</v>
+      </c>
+      <c r="P27" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A28" t="s">
+        <v>17</v>
+      </c>
+      <c r="B28" t="s">
+        <v>64</v>
+      </c>
+      <c r="C28" t="s">
+        <v>65</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="E28" t="s">
+        <v>70</v>
+      </c>
+      <c r="F28" t="s">
+        <v>22</v>
+      </c>
+      <c r="G28" t="s">
+        <v>68</v>
+      </c>
+      <c r="J28" t="s">
+        <v>24</v>
+      </c>
+      <c r="M28" t="s">
+        <v>25</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>27</v>
+      </c>
+      <c r="P28" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A29" t="s">
+        <v>17</v>
+      </c>
+      <c r="B29" t="s">
+        <v>64</v>
+      </c>
+      <c r="C29" t="s">
+        <v>65</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="E29" t="s">
+        <v>70</v>
+      </c>
+      <c r="F29" t="s">
+        <v>22</v>
+      </c>
+      <c r="G29" t="s">
+        <v>68</v>
+      </c>
+      <c r="J29" t="s">
+        <v>24</v>
+      </c>
+      <c r="M29" t="s">
+        <v>25</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>27</v>
+      </c>
+      <c r="P29" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A30" t="s">
+        <v>17</v>
+      </c>
+      <c r="B30" t="s">
+        <v>64</v>
+      </c>
+      <c r="C30" t="s">
+        <v>65</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="E30" t="s">
+        <v>67</v>
+      </c>
+      <c r="F30" t="s">
+        <v>22</v>
+      </c>
+      <c r="G30" t="s">
+        <v>68</v>
+      </c>
+      <c r="J30" t="s">
+        <v>24</v>
+      </c>
+      <c r="M30" t="s">
+        <v>25</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>27</v>
+      </c>
+      <c r="P30" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A31" t="s">
+        <v>17</v>
+      </c>
+      <c r="B31" t="s">
+        <v>64</v>
+      </c>
+      <c r="C31" t="s">
+        <v>65</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="E31" t="s">
+        <v>70</v>
+      </c>
+      <c r="F31" t="s">
+        <v>22</v>
+      </c>
+      <c r="G31" t="s">
+        <v>68</v>
+      </c>
+      <c r="J31" t="s">
+        <v>24</v>
+      </c>
+      <c r="M31" t="s">
+        <v>25</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>27</v>
+      </c>
+      <c r="P31" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A32" t="s">
+        <v>17</v>
+      </c>
+      <c r="B32" t="s">
+        <v>71</v>
+      </c>
+      <c r="C32" t="s">
+        <v>72</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E32" t="s">
+        <v>71</v>
+      </c>
+      <c r="F32" t="s">
+        <v>22</v>
+      </c>
+      <c r="G32" t="s">
+        <v>63</v>
+      </c>
+      <c r="J32" t="s">
+        <v>24</v>
+      </c>
+      <c r="M32" t="s">
+        <v>25</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>27</v>
+      </c>
+      <c r="P32" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A33" t="s">
+        <v>17</v>
+      </c>
+      <c r="B33" t="s">
+        <v>71</v>
+      </c>
+      <c r="C33" t="s">
+        <v>72</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E33" t="s">
+        <v>71</v>
+      </c>
+      <c r="F33" t="s">
+        <v>22</v>
+      </c>
+      <c r="G33" t="s">
+        <v>63</v>
+      </c>
+      <c r="J33" t="s">
+        <v>24</v>
+      </c>
+      <c r="M33" t="s">
+        <v>25</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>27</v>
+      </c>
+      <c r="P33" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A34" t="s">
+        <v>17</v>
+      </c>
+      <c r="B34" t="s">
+        <v>71</v>
+      </c>
+      <c r="C34" t="s">
+        <v>72</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E34" t="s">
+        <v>71</v>
+      </c>
+      <c r="F34" t="s">
+        <v>22</v>
+      </c>
+      <c r="G34" t="s">
+        <v>63</v>
+      </c>
+      <c r="J34" t="s">
+        <v>24</v>
+      </c>
+      <c r="M34" t="s">
+        <v>25</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>27</v>
+      </c>
+      <c r="P34" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A35" t="s">
+        <v>17</v>
+      </c>
+      <c r="B35" t="s">
+        <v>73</v>
+      </c>
+      <c r="C35" t="s">
+        <v>74</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="E35" t="s">
+        <v>75</v>
+      </c>
+      <c r="F35" t="s">
+        <v>22</v>
+      </c>
+      <c r="G35" t="s">
+        <v>68</v>
+      </c>
+      <c r="J35" t="s">
+        <v>24</v>
+      </c>
+      <c r="M35" t="s">
+        <v>25</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>27</v>
+      </c>
+      <c r="P35" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A36" t="s">
+        <v>17</v>
+      </c>
+      <c r="B36" t="s">
+        <v>73</v>
+      </c>
+      <c r="C36" t="s">
+        <v>74</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="E36" t="s">
+        <v>76</v>
+      </c>
+      <c r="F36" t="s">
+        <v>22</v>
+      </c>
+      <c r="G36" t="s">
+        <v>68</v>
+      </c>
+      <c r="J36" t="s">
+        <v>24</v>
+      </c>
+      <c r="M36" t="s">
+        <v>25</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>27</v>
+      </c>
+      <c r="P36" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A37" t="s">
+        <v>17</v>
+      </c>
+      <c r="B37" t="s">
+        <v>73</v>
+      </c>
+      <c r="C37" t="s">
+        <v>74</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="E37" t="s">
+        <v>75</v>
+      </c>
+      <c r="F37" t="s">
+        <v>22</v>
+      </c>
+      <c r="G37" t="s">
+        <v>68</v>
+      </c>
+      <c r="J37" t="s">
+        <v>24</v>
+      </c>
+      <c r="M37" t="s">
+        <v>25</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>27</v>
+      </c>
+      <c r="P37" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A38" t="s">
+        <v>17</v>
+      </c>
+      <c r="B38" t="s">
+        <v>73</v>
+      </c>
+      <c r="C38" t="s">
+        <v>74</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="E38" t="s">
+        <v>76</v>
+      </c>
+      <c r="F38" t="s">
+        <v>22</v>
+      </c>
+      <c r="G38" t="s">
+        <v>68</v>
+      </c>
+      <c r="J38" t="s">
+        <v>24</v>
+      </c>
+      <c r="M38" t="s">
+        <v>25</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>27</v>
+      </c>
+      <c r="P38" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A39" t="s">
+        <v>17</v>
+      </c>
+      <c r="B39" t="s">
+        <v>73</v>
+      </c>
+      <c r="C39" t="s">
+        <v>74</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="E39" t="s">
+        <v>75</v>
+      </c>
+      <c r="F39" t="s">
+        <v>22</v>
+      </c>
+      <c r="G39" t="s">
+        <v>68</v>
+      </c>
+      <c r="J39" t="s">
+        <v>24</v>
+      </c>
+      <c r="M39" t="s">
+        <v>25</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>27</v>
+      </c>
+      <c r="P39" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A40" t="s">
+        <v>17</v>
+      </c>
+      <c r="B40" t="s">
+        <v>73</v>
+      </c>
+      <c r="C40" t="s">
+        <v>74</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="E40" t="s">
+        <v>76</v>
+      </c>
+      <c r="F40" t="s">
+        <v>22</v>
+      </c>
+      <c r="G40" t="s">
+        <v>68</v>
+      </c>
+      <c r="J40" t="s">
+        <v>24</v>
+      </c>
+      <c r="M40" t="s">
+        <v>25</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>27</v>
+      </c>
+      <c r="P40" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A41" t="s">
+        <v>17</v>
+      </c>
+      <c r="B41" t="s">
+        <v>77</v>
+      </c>
+      <c r="C41" t="s">
+        <v>78</v>
+      </c>
+      <c r="D41" t="s">
+        <v>79</v>
+      </c>
+      <c r="E41" t="s">
+        <v>80</v>
+      </c>
+      <c r="F41" t="s">
+        <v>22</v>
+      </c>
+      <c r="G41" t="s">
+        <v>81</v>
+      </c>
+      <c r="J41" t="s">
+        <v>24</v>
+      </c>
+      <c r="M41" t="s">
+        <v>25</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>27</v>
+      </c>
+      <c r="P41" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A42" t="s">
+        <v>17</v>
+      </c>
+      <c r="B42" t="s">
+        <v>77</v>
+      </c>
+      <c r="C42" t="s">
+        <v>78</v>
+      </c>
+      <c r="D42" t="s">
+        <v>82</v>
+      </c>
+      <c r="E42" t="s">
+        <v>83</v>
+      </c>
+      <c r="F42" t="s">
+        <v>22</v>
+      </c>
+      <c r="G42" t="s">
+        <v>81</v>
+      </c>
+      <c r="J42" t="s">
+        <v>24</v>
+      </c>
+      <c r="M42" t="s">
+        <v>25</v>
+      </c>
+      <c r="N42" t="s">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>27</v>
+      </c>
+      <c r="P42" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A43" t="s">
+        <v>17</v>
+      </c>
+      <c r="B43" t="s">
+        <v>77</v>
+      </c>
+      <c r="C43" t="s">
+        <v>78</v>
+      </c>
+      <c r="D43" t="s">
+        <v>84</v>
+      </c>
+      <c r="E43" t="s">
+        <v>85</v>
+      </c>
+      <c r="F43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G43" t="s">
+        <v>81</v>
+      </c>
+      <c r="I43" t="s">
+        <v>42</v>
+      </c>
+      <c r="J43" t="s">
+        <v>24</v>
+      </c>
+      <c r="M43" t="s">
+        <v>86</v>
+      </c>
+      <c r="N43" t="s">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>37</v>
+      </c>
+      <c r="P43" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A44" t="s">
+        <v>17</v>
+      </c>
+      <c r="B44" t="s">
+        <v>77</v>
+      </c>
+      <c r="C44" t="s">
+        <v>78</v>
+      </c>
+      <c r="D44" t="s">
+        <v>87</v>
+      </c>
+      <c r="E44" t="s">
+        <v>88</v>
+      </c>
+      <c r="F44" t="s">
+        <v>22</v>
+      </c>
+      <c r="G44" t="s">
+        <v>81</v>
+      </c>
+      <c r="J44" t="s">
+        <v>24</v>
+      </c>
+      <c r="M44" t="s">
+        <v>25</v>
+      </c>
+      <c r="N44" t="s">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>27</v>
+      </c>
+      <c r="P44" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A45" t="s">
+        <v>17</v>
+      </c>
+      <c r="B45" t="s">
+        <v>77</v>
+      </c>
+      <c r="C45" t="s">
+        <v>78</v>
+      </c>
+      <c r="D45" t="s">
+        <v>89</v>
+      </c>
+      <c r="E45" t="s">
+        <v>90</v>
+      </c>
+      <c r="F45" t="s">
+        <v>22</v>
+      </c>
+      <c r="G45" t="s">
+        <v>81</v>
+      </c>
+      <c r="I45" t="s">
+        <v>42</v>
+      </c>
+      <c r="J45" t="s">
+        <v>24</v>
+      </c>
+      <c r="M45" t="s">
+        <v>86</v>
+      </c>
+      <c r="N45" t="s">
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>37</v>
+      </c>
+      <c r="P45" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A46" t="s">
+        <v>17</v>
+      </c>
+      <c r="B46" t="s">
+        <v>77</v>
+      </c>
+      <c r="C46" t="s">
+        <v>78</v>
+      </c>
+      <c r="D46" t="s">
+        <v>91</v>
+      </c>
+      <c r="E46" t="s">
+        <v>92</v>
+      </c>
+      <c r="F46" t="s">
+        <v>22</v>
+      </c>
+      <c r="G46" t="s">
+        <v>81</v>
+      </c>
+      <c r="I46" t="s">
+        <v>42</v>
+      </c>
+      <c r="J46" t="s">
+        <v>24</v>
+      </c>
+      <c r="M46" t="s">
+        <v>86</v>
+      </c>
+      <c r="N46" t="s">
+        <v>26</v>
+      </c>
+      <c r="O46" t="s">
+        <v>37</v>
+      </c>
+      <c r="P46" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A47" t="s">
+        <v>17</v>
+      </c>
+      <c r="B47" t="s">
+        <v>77</v>
+      </c>
+      <c r="C47" t="s">
+        <v>78</v>
+      </c>
+      <c r="D47" t="s">
+        <v>93</v>
+      </c>
+      <c r="E47" t="s">
+        <v>94</v>
+      </c>
+      <c r="F47" t="s">
+        <v>22</v>
+      </c>
+      <c r="G47" t="s">
+        <v>81</v>
+      </c>
+      <c r="J47" t="s">
+        <v>24</v>
+      </c>
+      <c r="M47" t="s">
+        <v>25</v>
+      </c>
+      <c r="N47" t="s">
+        <v>26</v>
+      </c>
+      <c r="O47" t="s">
+        <v>27</v>
+      </c>
+      <c r="P47" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A48" t="s">
+        <v>17</v>
+      </c>
+      <c r="B48" t="s">
+        <v>77</v>
+      </c>
+      <c r="C48" t="s">
+        <v>78</v>
+      </c>
+      <c r="D48" t="s">
+        <v>95</v>
+      </c>
+      <c r="E48" t="s">
+        <v>96</v>
+      </c>
+      <c r="F48" t="s">
+        <v>22</v>
+      </c>
+      <c r="G48" t="s">
+        <v>81</v>
+      </c>
+      <c r="I48" t="s">
+        <v>42</v>
+      </c>
+      <c r="J48" t="s">
+        <v>24</v>
+      </c>
+      <c r="M48" t="s">
+        <v>86</v>
+      </c>
+      <c r="N48" t="s">
+        <v>26</v>
+      </c>
+      <c r="O48" t="s">
+        <v>37</v>
+      </c>
+      <c r="P48" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A49" t="s">
+        <v>17</v>
+      </c>
+      <c r="B49" t="s">
+        <v>97</v>
+      </c>
+      <c r="C49" t="s">
+        <v>98</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="E49" t="s">
+        <v>100</v>
+      </c>
+      <c r="F49" t="s">
+        <v>22</v>
+      </c>
+      <c r="G49" t="s">
+        <v>101</v>
+      </c>
+      <c r="J49" t="s">
+        <v>24</v>
+      </c>
+      <c r="M49" t="s">
+        <v>25</v>
+      </c>
+      <c r="N49" t="s">
+        <v>26</v>
+      </c>
+      <c r="O49" t="s">
+        <v>27</v>
+      </c>
+      <c r="P49" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A50" t="s">
+        <v>17</v>
+      </c>
+      <c r="B50" t="s">
+        <v>97</v>
+      </c>
+      <c r="C50" t="s">
+        <v>98</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="E50" t="s">
+        <v>103</v>
+      </c>
+      <c r="F50" t="s">
+        <v>22</v>
+      </c>
+      <c r="G50" t="s">
+        <v>101</v>
+      </c>
+      <c r="J50" t="s">
+        <v>24</v>
+      </c>
+      <c r="M50" t="s">
+        <v>25</v>
+      </c>
+      <c r="N50" t="s">
+        <v>26</v>
+      </c>
+      <c r="O50" t="s">
+        <v>27</v>
+      </c>
+      <c r="P50" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A51" t="s">
+        <v>17</v>
+      </c>
+      <c r="B51" t="s">
+        <v>97</v>
+      </c>
+      <c r="C51" t="s">
+        <v>98</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" t="s">
+        <v>104</v>
+      </c>
+      <c r="F51" t="s">
+        <v>22</v>
+      </c>
+      <c r="G51" t="s">
+        <v>101</v>
+      </c>
+      <c r="I51" t="s">
+        <v>42</v>
+      </c>
+      <c r="J51" t="s">
+        <v>24</v>
+      </c>
+      <c r="M51" t="s">
+        <v>105</v>
+      </c>
+      <c r="N51" t="s">
+        <v>26</v>
+      </c>
+      <c r="O51" t="s">
+        <v>37</v>
+      </c>
+      <c r="P51" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A52" t="s">
+        <v>17</v>
+      </c>
+      <c r="B52" t="s">
+        <v>97</v>
+      </c>
+      <c r="C52" t="s">
+        <v>98</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="E52" t="s">
+        <v>107</v>
+      </c>
+      <c r="F52" t="s">
+        <v>22</v>
+      </c>
+      <c r="G52" t="s">
+        <v>101</v>
+      </c>
+      <c r="J52" t="s">
+        <v>24</v>
+      </c>
+      <c r="M52" t="s">
+        <v>25</v>
+      </c>
+      <c r="N52" t="s">
+        <v>26</v>
+      </c>
+      <c r="O52" t="s">
+        <v>27</v>
+      </c>
+      <c r="P52" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A53" t="s">
+        <v>17</v>
+      </c>
+      <c r="B53" t="s">
+        <v>97</v>
+      </c>
+      <c r="C53" t="s">
+        <v>98</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="E53" t="s">
+        <v>109</v>
+      </c>
+      <c r="F53" t="s">
+        <v>22</v>
+      </c>
+      <c r="G53" t="s">
+        <v>101</v>
+      </c>
+      <c r="J53" t="s">
+        <v>24</v>
+      </c>
+      <c r="M53" t="s">
+        <v>25</v>
+      </c>
+      <c r="N53" t="s">
+        <v>26</v>
+      </c>
+      <c r="O53" t="s">
+        <v>27</v>
+      </c>
+      <c r="P53" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A54" t="s">
+        <v>17</v>
+      </c>
+      <c r="B54" t="s">
+        <v>97</v>
+      </c>
+      <c r="C54" t="s">
+        <v>98</v>
+      </c>
+      <c r="D54" t="s">
+        <v>110</v>
+      </c>
+      <c r="E54" t="s">
+        <v>111</v>
+      </c>
+      <c r="F54" t="s">
+        <v>22</v>
+      </c>
+      <c r="G54" t="s">
+        <v>101</v>
+      </c>
+      <c r="I54" t="s">
+        <v>42</v>
+      </c>
+      <c r="J54" t="s">
+        <v>24</v>
+      </c>
+      <c r="M54" t="s">
+        <v>105</v>
+      </c>
+      <c r="N54" t="s">
+        <v>26</v>
+      </c>
+      <c r="O54" t="s">
+        <v>37</v>
+      </c>
+      <c r="P54" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A55" t="s">
+        <v>17</v>
+      </c>
+      <c r="B55" t="s">
+        <v>112</v>
+      </c>
+      <c r="C55" t="s">
+        <v>113</v>
+      </c>
+      <c r="D55" t="s">
+        <v>110</v>
+      </c>
+      <c r="E55" t="s">
+        <v>114</v>
+      </c>
+      <c r="F55" t="s">
+        <v>22</v>
+      </c>
+      <c r="G55" t="s">
+        <v>115</v>
+      </c>
+      <c r="I55" t="s">
+        <v>42</v>
+      </c>
+      <c r="J55" t="s">
+        <v>24</v>
+      </c>
+      <c r="M55" t="s">
+        <v>105</v>
+      </c>
+      <c r="N55" t="s">
+        <v>26</v>
+      </c>
+      <c r="O55" t="s">
+        <v>37</v>
+      </c>
+      <c r="P55" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A56" t="s">
+        <v>17</v>
+      </c>
+      <c r="B56" t="s">
+        <v>112</v>
+      </c>
+      <c r="C56" t="s">
+        <v>113</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="E56" t="s">
+        <v>116</v>
+      </c>
+      <c r="F56" t="s">
+        <v>22</v>
+      </c>
+      <c r="G56" t="s">
+        <v>101</v>
+      </c>
+      <c r="J56" t="s">
+        <v>24</v>
+      </c>
+      <c r="M56" t="s">
+        <v>25</v>
+      </c>
+      <c r="N56" t="s">
+        <v>26</v>
+      </c>
+      <c r="O56" t="s">
+        <v>27</v>
+      </c>
+      <c r="P56" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A57" t="s">
+        <v>17</v>
+      </c>
+      <c r="B57" t="s">
+        <v>112</v>
+      </c>
+      <c r="C57" t="s">
+        <v>113</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="E57" t="s">
+        <v>117</v>
+      </c>
+      <c r="F57" t="s">
+        <v>22</v>
+      </c>
+      <c r="G57" t="s">
+        <v>101</v>
+      </c>
+      <c r="J57" t="s">
+        <v>24</v>
+      </c>
+      <c r="M57" t="s">
+        <v>25</v>
+      </c>
+      <c r="N57" t="s">
+        <v>26</v>
+      </c>
+      <c r="O57" t="s">
+        <v>27</v>
+      </c>
+      <c r="P57" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A58" t="s">
+        <v>17</v>
+      </c>
+      <c r="B58" t="s">
+        <v>112</v>
+      </c>
+      <c r="C58" t="s">
+        <v>113</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="E58" t="s">
+        <v>118</v>
+      </c>
+      <c r="F58" t="s">
+        <v>22</v>
+      </c>
+      <c r="G58" t="s">
+        <v>101</v>
+      </c>
+      <c r="J58" t="s">
+        <v>24</v>
+      </c>
+      <c r="M58" t="s">
+        <v>25</v>
+      </c>
+      <c r="N58" t="s">
+        <v>26</v>
+      </c>
+      <c r="O58" t="s">
+        <v>27</v>
+      </c>
+      <c r="P58" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A59" t="s">
+        <v>17</v>
+      </c>
+      <c r="B59" t="s">
+        <v>112</v>
+      </c>
+      <c r="C59" t="s">
+        <v>113</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E59" t="s">
+        <v>119</v>
+      </c>
+      <c r="F59" t="s">
+        <v>22</v>
+      </c>
+      <c r="G59" t="s">
+        <v>101</v>
+      </c>
+      <c r="J59" t="s">
+        <v>24</v>
+      </c>
+      <c r="M59" t="s">
+        <v>25</v>
+      </c>
+      <c r="N59" t="s">
+        <v>26</v>
+      </c>
+      <c r="O59" t="s">
+        <v>27</v>
+      </c>
+      <c r="P59" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A60" t="s">
+        <v>17</v>
+      </c>
+      <c r="B60" t="s">
+        <v>112</v>
+      </c>
+      <c r="C60" t="s">
+        <v>113</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="E60" t="s">
+        <v>120</v>
+      </c>
+      <c r="F60" t="s">
+        <v>22</v>
+      </c>
+      <c r="G60" t="s">
+        <v>101</v>
+      </c>
+      <c r="I60" t="s">
+        <v>42</v>
+      </c>
+      <c r="J60" t="s">
+        <v>24</v>
+      </c>
+      <c r="M60" t="s">
+        <v>105</v>
+      </c>
+      <c r="N60" t="s">
+        <v>26</v>
+      </c>
+      <c r="O60" t="s">
+        <v>37</v>
+      </c>
+      <c r="P60" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A61" t="s">
+        <v>17</v>
+      </c>
+      <c r="B61" t="s">
+        <v>121</v>
+      </c>
+      <c r="C61" t="s">
+        <v>122</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E61" t="s">
+        <v>123</v>
+      </c>
+      <c r="F61" t="s">
+        <v>22</v>
+      </c>
+      <c r="G61" t="s">
+        <v>124</v>
+      </c>
+      <c r="J61" t="s">
+        <v>24</v>
+      </c>
+      <c r="M61" t="s">
+        <v>25</v>
+      </c>
+      <c r="N61" t="s">
+        <v>26</v>
+      </c>
+      <c r="O61" t="s">
+        <v>27</v>
+      </c>
+      <c r="P61" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A62" t="s">
+        <v>17</v>
+      </c>
+      <c r="B62" t="s">
+        <v>121</v>
+      </c>
+      <c r="C62" t="s">
+        <v>122</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E62" t="s">
+        <v>123</v>
+      </c>
+      <c r="F62" t="s">
+        <v>22</v>
+      </c>
+      <c r="G62" t="s">
+        <v>124</v>
+      </c>
+      <c r="J62" t="s">
+        <v>24</v>
+      </c>
+      <c r="M62" t="s">
+        <v>25</v>
+      </c>
+      <c r="N62" t="s">
+        <v>26</v>
+      </c>
+      <c r="O62" t="s">
+        <v>27</v>
+      </c>
+      <c r="P62" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A63" t="s">
+        <v>17</v>
+      </c>
+      <c r="B63" t="s">
+        <v>121</v>
+      </c>
+      <c r="C63" t="s">
+        <v>122</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" t="s">
+        <v>123</v>
+      </c>
+      <c r="F63" t="s">
+        <v>22</v>
+      </c>
+      <c r="G63" t="s">
+        <v>124</v>
+      </c>
+      <c r="J63" t="s">
+        <v>24</v>
+      </c>
+      <c r="M63" t="s">
+        <v>25</v>
+      </c>
+      <c r="N63" t="s">
+        <v>26</v>
+      </c>
+      <c r="O63" t="s">
+        <v>27</v>
+      </c>
+      <c r="P63" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A64" t="s">
+        <v>17</v>
+      </c>
+      <c r="B64" t="s">
+        <v>125</v>
+      </c>
+      <c r="C64" t="s">
+        <v>126</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E64" t="s">
+        <v>127</v>
+      </c>
+      <c r="F64" t="s">
+        <v>22</v>
+      </c>
+      <c r="G64" t="s">
+        <v>128</v>
+      </c>
+      <c r="J64" t="s">
+        <v>24</v>
+      </c>
+      <c r="M64" t="s">
+        <v>25</v>
+      </c>
+      <c r="N64" t="s">
+        <v>26</v>
+      </c>
+      <c r="O64" t="s">
+        <v>27</v>
+      </c>
+      <c r="P64" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A65" t="s">
+        <v>17</v>
+      </c>
+      <c r="B65" t="s">
+        <v>125</v>
+      </c>
+      <c r="C65" t="s">
+        <v>126</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E65" t="s">
+        <v>127</v>
+      </c>
+      <c r="F65" t="s">
+        <v>22</v>
+      </c>
+      <c r="G65" t="s">
+        <v>128</v>
+      </c>
+      <c r="J65" t="s">
+        <v>24</v>
+      </c>
+      <c r="M65" t="s">
+        <v>25</v>
+      </c>
+      <c r="N65" t="s">
+        <v>26</v>
+      </c>
+      <c r="O65" t="s">
+        <v>27</v>
+      </c>
+      <c r="P65" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A66" t="s">
+        <v>17</v>
+      </c>
+      <c r="B66" t="s">
+        <v>125</v>
+      </c>
+      <c r="C66" t="s">
+        <v>126</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E66" t="s">
+        <v>127</v>
+      </c>
+      <c r="F66" t="s">
+        <v>22</v>
+      </c>
+      <c r="G66" t="s">
+        <v>128</v>
+      </c>
+      <c r="J66" t="s">
+        <v>24</v>
+      </c>
+      <c r="M66" t="s">
+        <v>25</v>
+      </c>
+      <c r="N66" t="s">
+        <v>26</v>
+      </c>
+      <c r="O66" t="s">
+        <v>27</v>
+      </c>
+      <c r="P66" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A67" t="s">
+        <v>17</v>
+      </c>
+      <c r="B67" t="s">
+        <v>129</v>
+      </c>
+      <c r="C67" t="s">
+        <v>130</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E67" t="s">
+        <v>131</v>
+      </c>
+      <c r="F67" t="s">
+        <v>22</v>
+      </c>
+      <c r="G67" t="s">
+        <v>132</v>
+      </c>
+      <c r="J67" t="s">
+        <v>24</v>
+      </c>
+      <c r="M67" t="s">
+        <v>25</v>
+      </c>
+      <c r="N67" t="s">
+        <v>26</v>
+      </c>
+      <c r="O67" t="s">
+        <v>27</v>
+      </c>
+      <c r="P67" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A68" t="s">
+        <v>17</v>
+      </c>
+      <c r="B68" t="s">
+        <v>129</v>
+      </c>
+      <c r="C68" t="s">
+        <v>130</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E68" t="s">
+        <v>131</v>
+      </c>
+      <c r="F68" t="s">
+        <v>22</v>
+      </c>
+      <c r="G68" t="s">
+        <v>132</v>
+      </c>
+      <c r="J68" t="s">
+        <v>24</v>
+      </c>
+      <c r="M68" t="s">
+        <v>25</v>
+      </c>
+      <c r="N68" t="s">
+        <v>26</v>
+      </c>
+      <c r="O68" t="s">
+        <v>27</v>
+      </c>
+      <c r="P68" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A69" t="s">
+        <v>17</v>
+      </c>
+      <c r="B69" t="s">
+        <v>129</v>
+      </c>
+      <c r="C69" t="s">
+        <v>130</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E69" t="s">
+        <v>131</v>
+      </c>
+      <c r="F69" t="s">
+        <v>22</v>
+      </c>
+      <c r="G69" t="s">
+        <v>132</v>
+      </c>
+      <c r="J69" t="s">
+        <v>24</v>
+      </c>
+      <c r="M69" t="s">
+        <v>25</v>
+      </c>
+      <c r="N69" t="s">
+        <v>26</v>
+      </c>
+      <c r="O69" t="s">
+        <v>27</v>
+      </c>
+      <c r="P69" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A70" t="s">
+        <v>17</v>
+      </c>
+      <c r="B70" t="s">
+        <v>133</v>
+      </c>
+      <c r="C70" t="s">
+        <v>134</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E70" t="s">
+        <v>135</v>
+      </c>
+      <c r="F70" t="s">
+        <v>22</v>
+      </c>
+      <c r="G70" t="s">
+        <v>136</v>
+      </c>
+      <c r="J70" t="s">
+        <v>24</v>
+      </c>
+      <c r="M70" t="s">
+        <v>25</v>
+      </c>
+      <c r="N70" t="s">
+        <v>26</v>
+      </c>
+      <c r="O70" t="s">
+        <v>27</v>
+      </c>
+      <c r="P70" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A71" t="s">
+        <v>17</v>
+      </c>
+      <c r="B71" t="s">
+        <v>133</v>
+      </c>
+      <c r="C71" t="s">
+        <v>134</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E71" t="s">
+        <v>135</v>
+      </c>
+      <c r="F71" t="s">
+        <v>22</v>
+      </c>
+      <c r="G71" t="s">
+        <v>136</v>
+      </c>
+      <c r="J71" t="s">
+        <v>24</v>
+      </c>
+      <c r="M71" t="s">
+        <v>25</v>
+      </c>
+      <c r="N71" t="s">
+        <v>26</v>
+      </c>
+      <c r="O71" t="s">
+        <v>27</v>
+      </c>
+      <c r="P71" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A72" t="s">
+        <v>17</v>
+      </c>
+      <c r="B72" t="s">
+        <v>133</v>
+      </c>
+      <c r="C72" t="s">
+        <v>134</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E72" t="s">
+        <v>135</v>
+      </c>
+      <c r="F72" t="s">
+        <v>22</v>
+      </c>
+      <c r="G72" t="s">
+        <v>136</v>
+      </c>
+      <c r="J72" t="s">
+        <v>24</v>
+      </c>
+      <c r="M72" t="s">
+        <v>25</v>
+      </c>
+      <c r="N72" t="s">
+        <v>26</v>
+      </c>
+      <c r="O72" t="s">
+        <v>27</v>
+      </c>
+      <c r="P72" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A73" t="s">
+        <v>17</v>
+      </c>
+      <c r="B73" t="s">
+        <v>137</v>
+      </c>
+      <c r="C73" t="s">
+        <v>138</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E73" t="s">
+        <v>139</v>
+      </c>
+      <c r="F73" t="s">
+        <v>22</v>
+      </c>
+      <c r="G73" t="s">
+        <v>140</v>
+      </c>
+      <c r="J73" t="s">
+        <v>24</v>
+      </c>
+      <c r="M73" t="s">
+        <v>25</v>
+      </c>
+      <c r="N73" t="s">
+        <v>26</v>
+      </c>
+      <c r="O73" t="s">
+        <v>27</v>
+      </c>
+      <c r="P73" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A74" t="s">
+        <v>17</v>
+      </c>
+      <c r="B74" t="s">
+        <v>137</v>
+      </c>
+      <c r="C74" t="s">
+        <v>138</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E74" t="s">
+        <v>139</v>
+      </c>
+      <c r="F74" t="s">
+        <v>22</v>
+      </c>
+      <c r="G74" t="s">
+        <v>140</v>
+      </c>
+      <c r="J74" t="s">
+        <v>24</v>
+      </c>
+      <c r="M74" t="s">
+        <v>25</v>
+      </c>
+      <c r="N74" t="s">
+        <v>26</v>
+      </c>
+      <c r="O74" t="s">
+        <v>27</v>
+      </c>
+      <c r="P74" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A75" t="s">
+        <v>17</v>
+      </c>
+      <c r="B75" t="s">
+        <v>137</v>
+      </c>
+      <c r="C75" t="s">
+        <v>138</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E75" t="s">
+        <v>139</v>
+      </c>
+      <c r="F75" t="s">
+        <v>22</v>
+      </c>
+      <c r="G75" t="s">
+        <v>140</v>
+      </c>
+      <c r="J75" t="s">
+        <v>24</v>
+      </c>
+      <c r="M75" t="s">
+        <v>25</v>
+      </c>
+      <c r="N75" t="s">
+        <v>26</v>
+      </c>
+      <c r="O75" t="s">
+        <v>27</v>
+      </c>
+      <c r="P75" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A76" t="s">
+        <v>17</v>
+      </c>
+      <c r="B76" t="s">
+        <v>141</v>
+      </c>
+      <c r="C76" t="s">
+        <v>142</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E76" t="s">
+        <v>143</v>
+      </c>
+      <c r="F76" t="s">
+        <v>22</v>
+      </c>
+      <c r="G76" t="s">
+        <v>144</v>
+      </c>
+      <c r="J76" t="s">
+        <v>24</v>
+      </c>
+      <c r="M76" t="s">
+        <v>25</v>
+      </c>
+      <c r="N76" t="s">
+        <v>26</v>
+      </c>
+      <c r="O76" t="s">
+        <v>27</v>
+      </c>
+      <c r="P76" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A77" t="s">
+        <v>17</v>
+      </c>
+      <c r="B77" t="s">
+        <v>141</v>
+      </c>
+      <c r="C77" t="s">
+        <v>142</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E77" t="s">
+        <v>143</v>
+      </c>
+      <c r="F77" t="s">
+        <v>22</v>
+      </c>
+      <c r="G77" t="s">
+        <v>144</v>
+      </c>
+      <c r="J77" t="s">
+        <v>24</v>
+      </c>
+      <c r="M77" t="s">
+        <v>25</v>
+      </c>
+      <c r="N77" t="s">
+        <v>26</v>
+      </c>
+      <c r="O77" t="s">
+        <v>27</v>
+      </c>
+      <c r="P77" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A78" t="s">
+        <v>17</v>
+      </c>
+      <c r="B78" t="s">
+        <v>141</v>
+      </c>
+      <c r="C78" t="s">
+        <v>142</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E78" t="s">
+        <v>143</v>
+      </c>
+      <c r="F78" t="s">
+        <v>22</v>
+      </c>
+      <c r="G78" t="s">
+        <v>144</v>
+      </c>
+      <c r="J78" t="s">
+        <v>24</v>
+      </c>
+      <c r="M78" t="s">
+        <v>25</v>
+      </c>
+      <c r="N78" t="s">
+        <v>26</v>
+      </c>
+      <c r="O78" t="s">
+        <v>27</v>
+      </c>
+      <c r="P78" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A79" t="s">
+        <v>17</v>
+      </c>
+      <c r="B79" t="s">
+        <v>145</v>
+      </c>
+      <c r="C79" t="s">
+        <v>146</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E79" t="s">
+        <v>147</v>
+      </c>
+      <c r="F79" t="s">
+        <v>22</v>
+      </c>
+      <c r="G79" t="s">
+        <v>148</v>
+      </c>
+      <c r="J79" t="s">
+        <v>24</v>
+      </c>
+      <c r="M79" t="s">
+        <v>25</v>
+      </c>
+      <c r="N79" t="s">
+        <v>26</v>
+      </c>
+      <c r="O79" t="s">
+        <v>27</v>
+      </c>
+      <c r="P79" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A80" t="s">
+        <v>17</v>
+      </c>
+      <c r="B80" t="s">
+        <v>145</v>
+      </c>
+      <c r="C80" t="s">
+        <v>146</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E80" t="s">
+        <v>147</v>
+      </c>
+      <c r="F80" t="s">
+        <v>22</v>
+      </c>
+      <c r="G80" t="s">
+        <v>148</v>
+      </c>
+      <c r="J80" t="s">
+        <v>24</v>
+      </c>
+      <c r="M80" t="s">
+        <v>25</v>
+      </c>
+      <c r="N80" t="s">
+        <v>26</v>
+      </c>
+      <c r="O80" t="s">
+        <v>27</v>
+      </c>
+      <c r="P80" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A81" t="s">
+        <v>17</v>
+      </c>
+      <c r="B81" t="s">
+        <v>145</v>
+      </c>
+      <c r="C81" t="s">
+        <v>146</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E81" t="s">
+        <v>147</v>
+      </c>
+      <c r="F81" t="s">
+        <v>22</v>
+      </c>
+      <c r="G81" t="s">
+        <v>148</v>
+      </c>
+      <c r="J81" t="s">
+        <v>24</v>
+      </c>
+      <c r="M81" t="s">
+        <v>25</v>
+      </c>
+      <c r="N81" t="s">
+        <v>26</v>
+      </c>
+      <c r="O81" t="s">
+        <v>27</v>
+      </c>
+      <c r="P81" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A82" t="s">
+        <v>17</v>
+      </c>
+      <c r="B82" t="s">
+        <v>149</v>
+      </c>
+      <c r="C82" t="s">
+        <v>150</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E82" t="s">
+        <v>151</v>
+      </c>
+      <c r="F82" t="s">
+        <v>22</v>
+      </c>
+      <c r="G82" t="s">
+        <v>152</v>
+      </c>
+      <c r="J82" t="s">
+        <v>24</v>
+      </c>
+      <c r="M82" t="s">
+        <v>25</v>
+      </c>
+      <c r="N82" t="s">
+        <v>26</v>
+      </c>
+      <c r="O82" t="s">
+        <v>27</v>
+      </c>
+      <c r="P82" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A83" t="s">
+        <v>17</v>
+      </c>
+      <c r="B83" t="s">
+        <v>149</v>
+      </c>
+      <c r="C83" t="s">
+        <v>150</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E83" t="s">
+        <v>151</v>
+      </c>
+      <c r="F83" t="s">
+        <v>22</v>
+      </c>
+      <c r="G83" t="s">
+        <v>152</v>
+      </c>
+      <c r="J83" t="s">
+        <v>24</v>
+      </c>
+      <c r="M83" t="s">
+        <v>25</v>
+      </c>
+      <c r="N83" t="s">
+        <v>26</v>
+      </c>
+      <c r="O83" t="s">
+        <v>27</v>
+      </c>
+      <c r="P83" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A84" t="s">
+        <v>17</v>
+      </c>
+      <c r="B84" t="s">
+        <v>149</v>
+      </c>
+      <c r="C84" t="s">
+        <v>150</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E84" t="s">
+        <v>151</v>
+      </c>
+      <c r="F84" t="s">
+        <v>22</v>
+      </c>
+      <c r="G84" t="s">
+        <v>152</v>
+      </c>
+      <c r="J84" t="s">
+        <v>24</v>
+      </c>
+      <c r="M84" t="s">
+        <v>25</v>
+      </c>
+      <c r="N84" t="s">
+        <v>26</v>
+      </c>
+      <c r="O84" t="s">
+        <v>27</v>
+      </c>
+      <c r="P84" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A85" t="s">
+        <v>17</v>
+      </c>
+      <c r="B85" t="s">
+        <v>153</v>
+      </c>
+      <c r="C85" t="s">
+        <v>154</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E85" t="s">
+        <v>153</v>
+      </c>
+      <c r="F85" t="s">
+        <v>22</v>
+      </c>
+      <c r="G85" t="s">
+        <v>155</v>
+      </c>
+      <c r="J85" t="s">
+        <v>24</v>
+      </c>
+      <c r="M85" t="s">
+        <v>25</v>
+      </c>
+      <c r="N85" t="s">
+        <v>26</v>
+      </c>
+      <c r="O85" t="s">
+        <v>27</v>
+      </c>
+      <c r="P85" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A86" t="s">
+        <v>17</v>
+      </c>
+      <c r="B86" t="s">
+        <v>153</v>
+      </c>
+      <c r="C86" t="s">
+        <v>154</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E86" t="s">
+        <v>153</v>
+      </c>
+      <c r="F86" t="s">
+        <v>22</v>
+      </c>
+      <c r="G86" t="s">
+        <v>155</v>
+      </c>
+      <c r="J86" t="s">
+        <v>24</v>
+      </c>
+      <c r="M86" t="s">
+        <v>25</v>
+      </c>
+      <c r="N86" t="s">
+        <v>26</v>
+      </c>
+      <c r="O86" t="s">
+        <v>27</v>
+      </c>
+      <c r="P86" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A87" t="s">
+        <v>17</v>
+      </c>
+      <c r="B87" t="s">
+        <v>153</v>
+      </c>
+      <c r="C87" t="s">
+        <v>154</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E87" t="s">
+        <v>153</v>
+      </c>
+      <c r="F87" t="s">
+        <v>22</v>
+      </c>
+      <c r="G87" t="s">
+        <v>155</v>
+      </c>
+      <c r="J87" t="s">
+        <v>24</v>
+      </c>
+      <c r="M87" t="s">
+        <v>25</v>
+      </c>
+      <c r="N87" t="s">
+        <v>26</v>
+      </c>
+      <c r="O87" t="s">
+        <v>27</v>
+      </c>
+      <c r="P87" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A88" t="s">
+        <v>17</v>
+      </c>
+      <c r="B88" t="s">
+        <v>156</v>
+      </c>
+      <c r="C88" t="s">
+        <v>157</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E88" t="s">
+        <v>158</v>
+      </c>
+      <c r="F88" t="s">
+        <v>22</v>
+      </c>
+      <c r="G88" t="s">
+        <v>68</v>
+      </c>
+      <c r="J88" t="s">
+        <v>24</v>
+      </c>
+      <c r="M88" t="s">
+        <v>25</v>
+      </c>
+      <c r="N88" t="s">
+        <v>26</v>
+      </c>
+      <c r="O88" t="s">
+        <v>27</v>
+      </c>
+      <c r="P88" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A89" t="s">
+        <v>17</v>
+      </c>
+      <c r="B89" t="s">
+        <v>156</v>
+      </c>
+      <c r="C89" t="s">
+        <v>157</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E89" t="s">
+        <v>159</v>
+      </c>
+      <c r="F89" t="s">
+        <v>22</v>
+      </c>
+      <c r="G89" t="s">
+        <v>68</v>
+      </c>
+      <c r="J89" t="s">
+        <v>24</v>
+      </c>
+      <c r="M89" t="s">
+        <v>25</v>
+      </c>
+      <c r="N89" t="s">
+        <v>26</v>
+      </c>
+      <c r="O89" t="s">
+        <v>27</v>
+      </c>
+      <c r="P89" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A90" t="s">
+        <v>17</v>
+      </c>
+      <c r="B90" t="s">
+        <v>156</v>
+      </c>
+      <c r="C90" t="s">
+        <v>157</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E90" t="s">
+        <v>158</v>
+      </c>
+      <c r="F90" t="s">
+        <v>22</v>
+      </c>
+      <c r="G90" t="s">
+        <v>68</v>
+      </c>
+      <c r="J90" t="s">
+        <v>24</v>
+      </c>
+      <c r="M90" t="s">
+        <v>25</v>
+      </c>
+      <c r="N90" t="s">
+        <v>26</v>
+      </c>
+      <c r="O90" t="s">
+        <v>27</v>
+      </c>
+      <c r="P90" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A91" t="s">
+        <v>17</v>
+      </c>
+      <c r="B91" t="s">
+        <v>156</v>
+      </c>
+      <c r="C91" t="s">
+        <v>157</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E91" t="s">
+        <v>158</v>
+      </c>
+      <c r="F91" t="s">
+        <v>22</v>
+      </c>
+      <c r="G91" t="s">
+        <v>68</v>
+      </c>
+      <c r="J91" t="s">
+        <v>24</v>
+      </c>
+      <c r="M91" t="s">
+        <v>25</v>
+      </c>
+      <c r="N91" t="s">
+        <v>26</v>
+      </c>
+      <c r="O91" t="s">
+        <v>27</v>
+      </c>
+      <c r="P91" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A92" t="s">
+        <v>17</v>
+      </c>
+      <c r="B92" t="s">
+        <v>156</v>
+      </c>
+      <c r="C92" t="s">
+        <v>157</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E92" t="s">
+        <v>159</v>
+      </c>
+      <c r="F92" t="s">
+        <v>22</v>
+      </c>
+      <c r="G92" t="s">
+        <v>68</v>
+      </c>
+      <c r="J92" t="s">
+        <v>24</v>
+      </c>
+      <c r="M92" t="s">
+        <v>25</v>
+      </c>
+      <c r="N92" t="s">
+        <v>26</v>
+      </c>
+      <c r="O92" t="s">
+        <v>27</v>
+      </c>
+      <c r="P92" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A93" t="s">
+        <v>17</v>
+      </c>
+      <c r="B93" t="s">
+        <v>156</v>
+      </c>
+      <c r="C93" t="s">
+        <v>157</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E93" t="s">
+        <v>159</v>
+      </c>
+      <c r="F93" t="s">
+        <v>22</v>
+      </c>
+      <c r="G93" t="s">
+        <v>68</v>
+      </c>
+      <c r="J93" t="s">
+        <v>24</v>
+      </c>
+      <c r="M93" t="s">
+        <v>25</v>
+      </c>
+      <c r="N93" t="s">
+        <v>26</v>
+      </c>
+      <c r="O93" t="s">
+        <v>27</v>
+      </c>
+      <c r="P93" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A94" t="s">
+        <v>17</v>
+      </c>
+      <c r="B94" t="s">
+        <v>160</v>
+      </c>
+      <c r="C94" t="s">
+        <v>161</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E94" t="s">
+        <v>162</v>
+      </c>
+      <c r="F94" t="s">
+        <v>22</v>
+      </c>
+      <c r="G94" t="s">
+        <v>163</v>
+      </c>
+      <c r="J94" t="s">
+        <v>24</v>
+      </c>
+      <c r="M94" t="s">
+        <v>25</v>
+      </c>
+      <c r="N94" t="s">
+        <v>26</v>
+      </c>
+      <c r="O94" t="s">
+        <v>27</v>
+      </c>
+      <c r="P94" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A95" t="s">
+        <v>17</v>
+      </c>
+      <c r="B95" t="s">
+        <v>160</v>
+      </c>
+      <c r="C95" t="s">
+        <v>161</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E95" t="s">
+        <v>162</v>
+      </c>
+      <c r="F95" t="s">
+        <v>22</v>
+      </c>
+      <c r="G95" t="s">
+        <v>163</v>
+      </c>
+      <c r="J95" t="s">
+        <v>24</v>
+      </c>
+      <c r="M95" t="s">
+        <v>25</v>
+      </c>
+      <c r="N95" t="s">
+        <v>26</v>
+      </c>
+      <c r="O95" t="s">
+        <v>27</v>
+      </c>
+      <c r="P95" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A96" t="s">
+        <v>17</v>
+      </c>
+      <c r="B96" t="s">
+        <v>160</v>
+      </c>
+      <c r="C96" t="s">
+        <v>161</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E96" t="s">
+        <v>162</v>
+      </c>
+      <c r="F96" t="s">
+        <v>22</v>
+      </c>
+      <c r="G96" t="s">
+        <v>163</v>
+      </c>
+      <c r="J96" t="s">
+        <v>24</v>
+      </c>
+      <c r="M96" t="s">
+        <v>25</v>
+      </c>
+      <c r="N96" t="s">
+        <v>26</v>
+      </c>
+      <c r="O96" t="s">
+        <v>27</v>
+      </c>
+      <c r="P96" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A97" t="s">
+        <v>17</v>
+      </c>
+      <c r="B97" t="s">
+        <v>164</v>
+      </c>
+      <c r="C97" t="s">
+        <v>165</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E97" t="s">
+        <v>166</v>
+      </c>
+      <c r="F97" t="s">
+        <v>22</v>
+      </c>
+      <c r="G97" t="s">
+        <v>68</v>
+      </c>
+      <c r="J97" t="s">
+        <v>24</v>
+      </c>
+      <c r="M97" t="s">
+        <v>25</v>
+      </c>
+      <c r="N97" t="s">
+        <v>26</v>
+      </c>
+      <c r="O97" t="s">
+        <v>27</v>
+      </c>
+      <c r="P97" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A98" t="s">
+        <v>17</v>
+      </c>
+      <c r="B98" t="s">
+        <v>164</v>
+      </c>
+      <c r="C98" t="s">
+        <v>165</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E98" t="s">
+        <v>166</v>
+      </c>
+      <c r="F98" t="s">
+        <v>22</v>
+      </c>
+      <c r="G98" t="s">
+        <v>68</v>
+      </c>
+      <c r="J98" t="s">
+        <v>24</v>
+      </c>
+      <c r="M98" t="s">
+        <v>25</v>
+      </c>
+      <c r="N98" t="s">
+        <v>26</v>
+      </c>
+      <c r="O98" t="s">
+        <v>27</v>
+      </c>
+      <c r="P98" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A99" t="s">
+        <v>17</v>
+      </c>
+      <c r="B99" t="s">
+        <v>164</v>
+      </c>
+      <c r="C99" t="s">
+        <v>165</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E99" t="s">
+        <v>167</v>
+      </c>
+      <c r="F99" t="s">
+        <v>22</v>
+      </c>
+      <c r="G99" t="s">
+        <v>68</v>
+      </c>
+      <c r="J99" t="s">
+        <v>24</v>
+      </c>
+      <c r="M99" t="s">
+        <v>25</v>
+      </c>
+      <c r="N99" t="s">
+        <v>26</v>
+      </c>
+      <c r="O99" t="s">
+        <v>27</v>
+      </c>
+      <c r="P99" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A100" t="s">
+        <v>17</v>
+      </c>
+      <c r="B100" t="s">
+        <v>164</v>
+      </c>
+      <c r="C100" t="s">
+        <v>165</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E100" t="s">
+        <v>167</v>
+      </c>
+      <c r="F100" t="s">
+        <v>22</v>
+      </c>
+      <c r="G100" t="s">
+        <v>68</v>
+      </c>
+      <c r="J100" t="s">
+        <v>24</v>
+      </c>
+      <c r="M100" t="s">
+        <v>25</v>
+      </c>
+      <c r="N100" t="s">
+        <v>26</v>
+      </c>
+      <c r="O100" t="s">
+        <v>27</v>
+      </c>
+      <c r="P100" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A101" t="s">
+        <v>17</v>
+      </c>
+      <c r="B101" t="s">
+        <v>164</v>
+      </c>
+      <c r="C101" t="s">
+        <v>165</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E101" t="s">
+        <v>167</v>
+      </c>
+      <c r="F101" t="s">
+        <v>22</v>
+      </c>
+      <c r="G101" t="s">
+        <v>68</v>
+      </c>
+      <c r="J101" t="s">
+        <v>24</v>
+      </c>
+      <c r="M101" t="s">
+        <v>25</v>
+      </c>
+      <c r="N101" t="s">
+        <v>26</v>
+      </c>
+      <c r="O101" t="s">
+        <v>27</v>
+      </c>
+      <c r="P101" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A102" t="s">
+        <v>17</v>
+      </c>
+      <c r="B102" t="s">
+        <v>164</v>
+      </c>
+      <c r="C102" t="s">
+        <v>165</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E102" t="s">
+        <v>166</v>
+      </c>
+      <c r="F102" t="s">
+        <v>22</v>
+      </c>
+      <c r="G102" t="s">
+        <v>68</v>
+      </c>
+      <c r="J102" t="s">
+        <v>24</v>
+      </c>
+      <c r="M102" t="s">
+        <v>25</v>
+      </c>
+      <c r="N102" t="s">
+        <v>26</v>
+      </c>
+      <c r="O102" t="s">
+        <v>27</v>
+      </c>
+      <c r="P102" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A103" t="s">
+        <v>17</v>
+      </c>
+      <c r="B103" t="s">
+        <v>168</v>
+      </c>
+      <c r="C103" t="s">
+        <v>169</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E103" t="s">
+        <v>168</v>
+      </c>
+      <c r="F103" t="s">
+        <v>22</v>
+      </c>
+      <c r="G103" t="s">
+        <v>170</v>
+      </c>
+      <c r="J103" t="s">
+        <v>24</v>
+      </c>
+      <c r="M103" t="s">
+        <v>25</v>
+      </c>
+      <c r="N103" t="s">
+        <v>26</v>
+      </c>
+      <c r="O103" t="s">
+        <v>27</v>
+      </c>
+      <c r="P103" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A104" t="s">
+        <v>17</v>
+      </c>
+      <c r="B104" t="s">
+        <v>168</v>
+      </c>
+      <c r="C104" t="s">
+        <v>169</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E104" t="s">
+        <v>168</v>
+      </c>
+      <c r="F104" t="s">
+        <v>22</v>
+      </c>
+      <c r="G104" t="s">
+        <v>170</v>
+      </c>
+      <c r="J104" t="s">
+        <v>24</v>
+      </c>
+      <c r="M104" t="s">
+        <v>25</v>
+      </c>
+      <c r="N104" t="s">
+        <v>26</v>
+      </c>
+      <c r="O104" t="s">
+        <v>27</v>
+      </c>
+      <c r="P104" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A105" t="s">
+        <v>17</v>
+      </c>
+      <c r="B105" t="s">
+        <v>168</v>
+      </c>
+      <c r="C105" t="s">
+        <v>169</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E105" t="s">
+        <v>168</v>
+      </c>
+      <c r="F105" t="s">
+        <v>22</v>
+      </c>
+      <c r="G105" t="s">
+        <v>170</v>
+      </c>
+      <c r="J105" t="s">
+        <v>24</v>
+      </c>
+      <c r="M105" t="s">
+        <v>25</v>
+      </c>
+      <c r="N105" t="s">
+        <v>26</v>
+      </c>
+      <c r="O105" t="s">
+        <v>27</v>
+      </c>
+      <c r="P105" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A106" t="s">
+        <v>17</v>
+      </c>
+      <c r="B106" t="s">
+        <v>171</v>
+      </c>
+      <c r="C106" t="s">
+        <v>172</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E106" t="s">
+        <v>173</v>
+      </c>
+      <c r="F106" t="s">
+        <v>22</v>
+      </c>
+      <c r="G106" t="s">
+        <v>68</v>
+      </c>
+      <c r="J106" t="s">
+        <v>24</v>
+      </c>
+      <c r="M106" t="s">
+        <v>25</v>
+      </c>
+      <c r="N106" t="s">
+        <v>26</v>
+      </c>
+      <c r="O106" t="s">
+        <v>27</v>
+      </c>
+      <c r="P106" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A107" t="s">
+        <v>17</v>
+      </c>
+      <c r="B107" t="s">
+        <v>171</v>
+      </c>
+      <c r="C107" t="s">
+        <v>172</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E107" t="s">
+        <v>174</v>
+      </c>
+      <c r="F107" t="s">
+        <v>22</v>
+      </c>
+      <c r="G107" t="s">
+        <v>68</v>
+      </c>
+      <c r="J107" t="s">
+        <v>24</v>
+      </c>
+      <c r="M107" t="s">
+        <v>25</v>
+      </c>
+      <c r="N107" t="s">
+        <v>26</v>
+      </c>
+      <c r="O107" t="s">
+        <v>27</v>
+      </c>
+      <c r="P107" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A108" t="s">
+        <v>17</v>
+      </c>
+      <c r="B108" t="s">
+        <v>171</v>
+      </c>
+      <c r="C108" t="s">
+        <v>172</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E108" t="s">
+        <v>173</v>
+      </c>
+      <c r="F108" t="s">
+        <v>22</v>
+      </c>
+      <c r="G108" t="s">
+        <v>68</v>
+      </c>
+      <c r="J108" t="s">
+        <v>24</v>
+      </c>
+      <c r="M108" t="s">
+        <v>25</v>
+      </c>
+      <c r="N108" t="s">
+        <v>26</v>
+      </c>
+      <c r="O108" t="s">
+        <v>27</v>
+      </c>
+      <c r="P108" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A109" t="s">
+        <v>17</v>
+      </c>
+      <c r="B109" t="s">
+        <v>171</v>
+      </c>
+      <c r="C109" t="s">
+        <v>172</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E109" t="s">
+        <v>174</v>
+      </c>
+      <c r="F109" t="s">
+        <v>22</v>
+      </c>
+      <c r="G109" t="s">
+        <v>68</v>
+      </c>
+      <c r="J109" t="s">
+        <v>24</v>
+      </c>
+      <c r="M109" t="s">
+        <v>25</v>
+      </c>
+      <c r="N109" t="s">
+        <v>26</v>
+      </c>
+      <c r="O109" t="s">
+        <v>27</v>
+      </c>
+      <c r="P109" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A110" t="s">
+        <v>17</v>
+      </c>
+      <c r="B110" t="s">
+        <v>171</v>
+      </c>
+      <c r="C110" t="s">
+        <v>172</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E110" t="s">
+        <v>174</v>
+      </c>
+      <c r="F110" t="s">
+        <v>22</v>
+      </c>
+      <c r="G110" t="s">
+        <v>68</v>
+      </c>
+      <c r="J110" t="s">
+        <v>24</v>
+      </c>
+      <c r="M110" t="s">
+        <v>25</v>
+      </c>
+      <c r="N110" t="s">
+        <v>26</v>
+      </c>
+      <c r="O110" t="s">
+        <v>27</v>
+      </c>
+      <c r="P110" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A111" t="s">
+        <v>17</v>
+      </c>
+      <c r="B111" t="s">
+        <v>171</v>
+      </c>
+      <c r="C111" t="s">
+        <v>172</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E111" t="s">
+        <v>173</v>
+      </c>
+      <c r="F111" t="s">
+        <v>22</v>
+      </c>
+      <c r="G111" t="s">
+        <v>68</v>
+      </c>
+      <c r="J111" t="s">
+        <v>24</v>
+      </c>
+      <c r="M111" t="s">
+        <v>25</v>
+      </c>
+      <c r="N111" t="s">
+        <v>26</v>
+      </c>
+      <c r="O111" t="s">
+        <v>27</v>
+      </c>
+      <c r="P111" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A112" t="s">
+        <v>17</v>
+      </c>
+      <c r="B112" t="s">
+        <v>175</v>
+      </c>
+      <c r="C112" t="s">
+        <v>176</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E112" t="s">
+        <v>175</v>
+      </c>
+      <c r="F112" t="s">
+        <v>22</v>
+      </c>
+      <c r="G112" t="s">
+        <v>177</v>
+      </c>
+      <c r="J112" t="s">
+        <v>24</v>
+      </c>
+      <c r="M112" t="s">
+        <v>25</v>
+      </c>
+      <c r="N112" t="s">
+        <v>26</v>
+      </c>
+      <c r="O112" t="s">
+        <v>27</v>
+      </c>
+      <c r="P112" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A113" t="s">
+        <v>17</v>
+      </c>
+      <c r="B113" t="s">
+        <v>175</v>
+      </c>
+      <c r="C113" t="s">
+        <v>176</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E113" t="s">
+        <v>175</v>
+      </c>
+      <c r="F113" t="s">
+        <v>22</v>
+      </c>
+      <c r="G113" t="s">
+        <v>177</v>
+      </c>
+      <c r="J113" t="s">
+        <v>24</v>
+      </c>
+      <c r="M113" t="s">
+        <v>25</v>
+      </c>
+      <c r="N113" t="s">
+        <v>26</v>
+      </c>
+      <c r="O113" t="s">
+        <v>27</v>
+      </c>
+      <c r="P113" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A114" t="s">
+        <v>17</v>
+      </c>
+      <c r="B114" t="s">
+        <v>175</v>
+      </c>
+      <c r="C114" t="s">
+        <v>176</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E114" t="s">
+        <v>175</v>
+      </c>
+      <c r="F114" t="s">
+        <v>22</v>
+      </c>
+      <c r="G114" t="s">
+        <v>177</v>
+      </c>
+      <c r="J114" t="s">
+        <v>24</v>
+      </c>
+      <c r="M114" t="s">
+        <v>25</v>
+      </c>
+      <c r="N114" t="s">
+        <v>26</v>
+      </c>
+      <c r="O114" t="s">
+        <v>27</v>
+      </c>
+      <c r="P114" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A115" t="s">
+        <v>17</v>
+      </c>
+      <c r="B115" t="s">
+        <v>178</v>
+      </c>
+      <c r="C115" t="s">
+        <v>179</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E115" t="s">
+        <v>180</v>
+      </c>
+      <c r="F115" t="s">
+        <v>22</v>
+      </c>
+      <c r="G115" t="s">
+        <v>68</v>
+      </c>
+      <c r="J115" t="s">
+        <v>24</v>
+      </c>
+      <c r="M115" t="s">
+        <v>25</v>
+      </c>
+      <c r="N115" t="s">
+        <v>26</v>
+      </c>
+      <c r="O115" t="s">
+        <v>27</v>
+      </c>
+      <c r="P115" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A116" t="s">
+        <v>17</v>
+      </c>
+      <c r="B116" t="s">
+        <v>178</v>
+      </c>
+      <c r="C116" t="s">
+        <v>179</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E116" t="s">
+        <v>181</v>
+      </c>
+      <c r="F116" t="s">
+        <v>22</v>
+      </c>
+      <c r="G116" t="s">
+        <v>68</v>
+      </c>
+      <c r="J116" t="s">
+        <v>24</v>
+      </c>
+      <c r="M116" t="s">
+        <v>25</v>
+      </c>
+      <c r="N116" t="s">
+        <v>26</v>
+      </c>
+      <c r="O116" t="s">
+        <v>27</v>
+      </c>
+      <c r="P116" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A117" t="s">
+        <v>17</v>
+      </c>
+      <c r="B117" t="s">
+        <v>178</v>
+      </c>
+      <c r="C117" t="s">
+        <v>179</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E117" t="s">
+        <v>180</v>
+      </c>
+      <c r="F117" t="s">
+        <v>22</v>
+      </c>
+      <c r="G117" t="s">
+        <v>68</v>
+      </c>
+      <c r="J117" t="s">
+        <v>24</v>
+      </c>
+      <c r="M117" t="s">
+        <v>25</v>
+      </c>
+      <c r="N117" t="s">
+        <v>26</v>
+      </c>
+      <c r="O117" t="s">
+        <v>27</v>
+      </c>
+      <c r="P117" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A118" t="s">
+        <v>17</v>
+      </c>
+      <c r="B118" t="s">
+        <v>178</v>
+      </c>
+      <c r="C118" t="s">
+        <v>179</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E118" t="s">
+        <v>181</v>
+      </c>
+      <c r="F118" t="s">
+        <v>22</v>
+      </c>
+      <c r="G118" t="s">
+        <v>68</v>
+      </c>
+      <c r="J118" t="s">
+        <v>24</v>
+      </c>
+      <c r="M118" t="s">
+        <v>25</v>
+      </c>
+      <c r="N118" t="s">
+        <v>26</v>
+      </c>
+      <c r="O118" t="s">
+        <v>27</v>
+      </c>
+      <c r="P118" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A119" t="s">
+        <v>17</v>
+      </c>
+      <c r="B119" t="s">
+        <v>178</v>
+      </c>
+      <c r="C119" t="s">
+        <v>179</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E119" t="s">
+        <v>181</v>
+      </c>
+      <c r="F119" t="s">
+        <v>22</v>
+      </c>
+      <c r="G119" t="s">
+        <v>68</v>
+      </c>
+      <c r="J119" t="s">
+        <v>24</v>
+      </c>
+      <c r="M119" t="s">
+        <v>25</v>
+      </c>
+      <c r="N119" t="s">
+        <v>26</v>
+      </c>
+      <c r="O119" t="s">
+        <v>27</v>
+      </c>
+      <c r="P119" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A120" t="s">
+        <v>17</v>
+      </c>
+      <c r="B120" t="s">
+        <v>178</v>
+      </c>
+      <c r="C120" t="s">
+        <v>179</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E120" t="s">
+        <v>180</v>
+      </c>
+      <c r="F120" t="s">
+        <v>22</v>
+      </c>
+      <c r="G120" t="s">
+        <v>68</v>
+      </c>
+      <c r="J120" t="s">
+        <v>24</v>
+      </c>
+      <c r="M120" t="s">
+        <v>25</v>
+      </c>
+      <c r="N120" t="s">
+        <v>26</v>
+      </c>
+      <c r="O120" t="s">
+        <v>27</v>
+      </c>
+      <c r="P120" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A121" t="s">
+        <v>17</v>
+      </c>
+      <c r="B121" t="s">
+        <v>182</v>
+      </c>
+      <c r="C121" t="s">
+        <v>183</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E121" t="s">
+        <v>184</v>
+      </c>
+      <c r="F121" t="s">
+        <v>22</v>
+      </c>
+      <c r="G121" t="s">
+        <v>68</v>
+      </c>
+      <c r="J121" t="s">
+        <v>24</v>
+      </c>
+      <c r="M121" t="s">
+        <v>25</v>
+      </c>
+      <c r="N121" t="s">
+        <v>26</v>
+      </c>
+      <c r="O121" t="s">
+        <v>27</v>
+      </c>
+      <c r="P121" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A122" t="s">
+        <v>17</v>
+      </c>
+      <c r="B122" t="s">
+        <v>182</v>
+      </c>
+      <c r="C122" t="s">
+        <v>183</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E122" t="s">
+        <v>185</v>
+      </c>
+      <c r="F122" t="s">
+        <v>22</v>
+      </c>
+      <c r="G122" t="s">
+        <v>68</v>
+      </c>
+      <c r="J122" t="s">
+        <v>24</v>
+      </c>
+      <c r="M122" t="s">
+        <v>25</v>
+      </c>
+      <c r="N122" t="s">
+        <v>26</v>
+      </c>
+      <c r="O122" t="s">
+        <v>27</v>
+      </c>
+      <c r="P122" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A123" t="s">
+        <v>17</v>
+      </c>
+      <c r="B123" t="s">
+        <v>182</v>
+      </c>
+      <c r="C123" t="s">
+        <v>183</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E123" t="s">
+        <v>184</v>
+      </c>
+      <c r="F123" t="s">
+        <v>22</v>
+      </c>
+      <c r="G123" t="s">
+        <v>68</v>
+      </c>
+      <c r="J123" t="s">
+        <v>24</v>
+      </c>
+      <c r="M123" t="s">
+        <v>25</v>
+      </c>
+      <c r="N123" t="s">
+        <v>26</v>
+      </c>
+      <c r="O123" t="s">
+        <v>27</v>
+      </c>
+      <c r="P123" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A124" t="s">
+        <v>17</v>
+      </c>
+      <c r="B124" t="s">
+        <v>182</v>
+      </c>
+      <c r="C124" t="s">
+        <v>183</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E124" t="s">
+        <v>185</v>
+      </c>
+      <c r="F124" t="s">
+        <v>22</v>
+      </c>
+      <c r="G124" t="s">
+        <v>68</v>
+      </c>
+      <c r="J124" t="s">
+        <v>24</v>
+      </c>
+      <c r="M124" t="s">
+        <v>25</v>
+      </c>
+      <c r="N124" t="s">
+        <v>26</v>
+      </c>
+      <c r="O124" t="s">
+        <v>27</v>
+      </c>
+      <c r="P124" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A125" t="s">
+        <v>17</v>
+      </c>
+      <c r="B125" t="s">
+        <v>182</v>
+      </c>
+      <c r="C125" t="s">
+        <v>183</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E125" t="s">
+        <v>185</v>
+      </c>
+      <c r="F125" t="s">
+        <v>22</v>
+      </c>
+      <c r="G125" t="s">
+        <v>68</v>
+      </c>
+      <c r="J125" t="s">
+        <v>24</v>
+      </c>
+      <c r="M125" t="s">
+        <v>25</v>
+      </c>
+      <c r="N125" t="s">
+        <v>26</v>
+      </c>
+      <c r="O125" t="s">
+        <v>27</v>
+      </c>
+      <c r="P125" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A126" t="s">
+        <v>17</v>
+      </c>
+      <c r="B126" t="s">
+        <v>182</v>
+      </c>
+      <c r="C126" t="s">
+        <v>183</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E126" t="s">
+        <v>184</v>
+      </c>
+      <c r="F126" t="s">
+        <v>22</v>
+      </c>
+      <c r="G126" t="s">
+        <v>68</v>
+      </c>
+      <c r="J126" t="s">
+        <v>24</v>
+      </c>
+      <c r="M126" t="s">
+        <v>25</v>
+      </c>
+      <c r="N126" t="s">
+        <v>26</v>
+      </c>
+      <c r="O126" t="s">
+        <v>27</v>
+      </c>
+      <c r="P126" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A127" t="s">
+        <v>17</v>
+      </c>
+      <c r="B127" t="s">
+        <v>186</v>
+      </c>
+      <c r="C127" t="s">
+        <v>187</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E127" t="s">
+        <v>188</v>
+      </c>
+      <c r="F127" t="s">
+        <v>22</v>
+      </c>
+      <c r="G127" t="s">
+        <v>68</v>
+      </c>
+      <c r="J127" t="s">
+        <v>24</v>
+      </c>
+      <c r="M127" t="s">
+        <v>25</v>
+      </c>
+      <c r="N127" t="s">
+        <v>26</v>
+      </c>
+      <c r="O127" t="s">
+        <v>27</v>
+      </c>
+      <c r="P127" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A128" t="s">
+        <v>17</v>
+      </c>
+      <c r="B128" t="s">
+        <v>186</v>
+      </c>
+      <c r="C128" t="s">
+        <v>187</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E128" t="s">
+        <v>188</v>
+      </c>
+      <c r="F128" t="s">
+        <v>22</v>
+      </c>
+      <c r="G128" t="s">
+        <v>68</v>
+      </c>
+      <c r="J128" t="s">
+        <v>24</v>
+      </c>
+      <c r="M128" t="s">
+        <v>25</v>
+      </c>
+      <c r="N128" t="s">
+        <v>26</v>
+      </c>
+      <c r="O128" t="s">
+        <v>27</v>
+      </c>
+      <c r="P128" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="129" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A129" t="s">
+        <v>17</v>
+      </c>
+      <c r="B129" t="s">
+        <v>186</v>
+      </c>
+      <c r="C129" t="s">
+        <v>187</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E129" t="s">
+        <v>188</v>
+      </c>
+      <c r="F129" t="s">
+        <v>22</v>
+      </c>
+      <c r="G129" t="s">
+        <v>68</v>
+      </c>
+      <c r="J129" t="s">
+        <v>24</v>
+      </c>
+      <c r="M129" t="s">
+        <v>25</v>
+      </c>
+      <c r="N129" t="s">
+        <v>26</v>
+      </c>
+      <c r="O129" t="s">
+        <v>27</v>
+      </c>
+      <c r="P129" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="130" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A130" t="s">
+        <v>17</v>
+      </c>
+      <c r="B130" t="s">
+        <v>186</v>
+      </c>
+      <c r="C130" t="s">
+        <v>187</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E130" t="s">
+        <v>189</v>
+      </c>
+      <c r="F130" t="s">
+        <v>22</v>
+      </c>
+      <c r="G130" t="s">
+        <v>68</v>
+      </c>
+      <c r="J130" t="s">
+        <v>24</v>
+      </c>
+      <c r="M130" t="s">
+        <v>25</v>
+      </c>
+      <c r="N130" t="s">
+        <v>26</v>
+      </c>
+      <c r="O130" t="s">
+        <v>27</v>
+      </c>
+      <c r="P130" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="131" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A131" t="s">
+        <v>17</v>
+      </c>
+      <c r="B131" t="s">
+        <v>186</v>
+      </c>
+      <c r="C131" t="s">
+        <v>187</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E131" t="s">
+        <v>189</v>
+      </c>
+      <c r="F131" t="s">
+        <v>22</v>
+      </c>
+      <c r="G131" t="s">
+        <v>68</v>
+      </c>
+      <c r="J131" t="s">
+        <v>24</v>
+      </c>
+      <c r="M131" t="s">
+        <v>25</v>
+      </c>
+      <c r="N131" t="s">
+        <v>26</v>
+      </c>
+      <c r="O131" t="s">
+        <v>27</v>
+      </c>
+      <c r="P131" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="132" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A132" t="s">
+        <v>17</v>
+      </c>
+      <c r="B132" t="s">
+        <v>186</v>
+      </c>
+      <c r="C132" t="s">
+        <v>187</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E132" t="s">
+        <v>189</v>
+      </c>
+      <c r="F132" t="s">
+        <v>22</v>
+      </c>
+      <c r="G132" t="s">
+        <v>68</v>
+      </c>
+      <c r="J132" t="s">
+        <v>24</v>
+      </c>
+      <c r="M132" t="s">
+        <v>25</v>
+      </c>
+      <c r="N132" t="s">
+        <v>26</v>
+      </c>
+      <c r="O132" t="s">
+        <v>27</v>
+      </c>
+      <c r="P132" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="133" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A133" t="s">
+        <v>17</v>
+      </c>
+      <c r="B133" t="s">
+        <v>190</v>
+      </c>
+      <c r="C133" t="s">
+        <v>191</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E133" t="s">
+        <v>192</v>
+      </c>
+      <c r="F133" t="s">
+        <v>22</v>
+      </c>
+      <c r="G133" t="s">
+        <v>193</v>
+      </c>
+      <c r="J133" t="s">
+        <v>24</v>
+      </c>
+      <c r="M133" t="s">
+        <v>25</v>
+      </c>
+      <c r="N133" t="s">
+        <v>26</v>
+      </c>
+      <c r="O133" t="s">
+        <v>27</v>
+      </c>
+      <c r="P133" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="134" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A134" t="s">
+        <v>17</v>
+      </c>
+      <c r="B134" t="s">
+        <v>190</v>
+      </c>
+      <c r="C134" t="s">
+        <v>191</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E134" t="s">
+        <v>192</v>
+      </c>
+      <c r="F134" t="s">
+        <v>22</v>
+      </c>
+      <c r="G134" t="s">
+        <v>193</v>
+      </c>
+      <c r="J134" t="s">
+        <v>24</v>
+      </c>
+      <c r="M134" t="s">
+        <v>25</v>
+      </c>
+      <c r="N134" t="s">
+        <v>26</v>
+      </c>
+      <c r="O134" t="s">
+        <v>27</v>
+      </c>
+      <c r="P134" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="135" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A135" t="s">
+        <v>17</v>
+      </c>
+      <c r="B135" t="s">
+        <v>190</v>
+      </c>
+      <c r="C135" t="s">
+        <v>191</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E135" t="s">
+        <v>192</v>
+      </c>
+      <c r="F135" t="s">
+        <v>22</v>
+      </c>
+      <c r="G135" t="s">
+        <v>193</v>
+      </c>
+      <c r="J135" t="s">
+        <v>24</v>
+      </c>
+      <c r="M135" t="s">
+        <v>25</v>
+      </c>
+      <c r="N135" t="s">
+        <v>26</v>
+      </c>
+      <c r="O135" t="s">
+        <v>27</v>
+      </c>
+      <c r="P135" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="136" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A136" t="s">
+        <v>17</v>
+      </c>
+      <c r="B136" t="s">
+        <v>190</v>
+      </c>
+      <c r="C136" t="s">
+        <v>191</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E136" t="s">
+        <v>194</v>
+      </c>
+      <c r="F136" t="s">
+        <v>22</v>
+      </c>
+      <c r="G136" t="s">
+        <v>193</v>
+      </c>
+      <c r="J136" t="s">
+        <v>24</v>
+      </c>
+      <c r="M136" t="s">
+        <v>25</v>
+      </c>
+      <c r="N136" t="s">
+        <v>26</v>
+      </c>
+      <c r="O136" t="s">
+        <v>27</v>
+      </c>
+      <c r="P136" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="137" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A137" t="s">
+        <v>17</v>
+      </c>
+      <c r="B137" t="s">
+        <v>190</v>
+      </c>
+      <c r="C137" t="s">
+        <v>191</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E137" t="s">
+        <v>194</v>
+      </c>
+      <c r="F137" t="s">
+        <v>22</v>
+      </c>
+      <c r="G137" t="s">
+        <v>193</v>
+      </c>
+      <c r="J137" t="s">
+        <v>24</v>
+      </c>
+      <c r="M137" t="s">
+        <v>25</v>
+      </c>
+      <c r="N137" t="s">
+        <v>26</v>
+      </c>
+      <c r="O137" t="s">
+        <v>27</v>
+      </c>
+      <c r="P137" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="138" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A138" t="s">
+        <v>17</v>
+      </c>
+      <c r="B138" t="s">
+        <v>190</v>
+      </c>
+      <c r="C138" t="s">
+        <v>191</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E138" t="s">
+        <v>194</v>
+      </c>
+      <c r="F138" t="s">
+        <v>22</v>
+      </c>
+      <c r="G138" t="s">
+        <v>193</v>
+      </c>
+      <c r="J138" t="s">
+        <v>24</v>
+      </c>
+      <c r="M138" t="s">
+        <v>25</v>
+      </c>
+      <c r="N138" t="s">
+        <v>26</v>
+      </c>
+      <c r="O138" t="s">
+        <v>27</v>
+      </c>
+      <c r="P138" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="139" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A139" t="s">
+        <v>195</v>
+      </c>
+      <c r="B139" t="s">
+        <v>196</v>
+      </c>
+      <c r="C139" t="s">
+        <v>197</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E139" t="s">
+        <v>198</v>
+      </c>
+      <c r="F139" t="s">
+        <v>22</v>
+      </c>
+      <c r="G139" t="s">
+        <v>199</v>
+      </c>
+      <c r="J139" t="s">
+        <v>24</v>
+      </c>
+      <c r="M139" t="s">
+        <v>25</v>
+      </c>
+      <c r="N139" t="s">
+        <v>26</v>
+      </c>
+      <c r="O139" t="s">
+        <v>27</v>
+      </c>
+      <c r="P139" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q139" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="140" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A140" t="s">
+        <v>195</v>
+      </c>
+      <c r="B140" t="s">
+        <v>196</v>
+      </c>
+      <c r="C140" t="s">
+        <v>197</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E140" t="s">
+        <v>201</v>
+      </c>
+      <c r="F140" t="s">
+        <v>22</v>
+      </c>
+      <c r="G140" t="s">
+        <v>199</v>
+      </c>
+      <c r="I140" t="s">
+        <v>42</v>
+      </c>
+      <c r="J140" t="s">
+        <v>202</v>
+      </c>
+      <c r="M140" t="s">
+        <v>203</v>
+      </c>
+      <c r="N140" t="s">
+        <v>26</v>
+      </c>
+      <c r="O140" t="s">
+        <v>37</v>
+      </c>
+      <c r="P140" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q140" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="141" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A141" t="s">
+        <v>195</v>
+      </c>
+      <c r="B141" t="s">
+        <v>196</v>
+      </c>
+      <c r="C141" t="s">
+        <v>197</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="E141" t="s">
+        <v>205</v>
+      </c>
+      <c r="F141" t="s">
+        <v>22</v>
+      </c>
+      <c r="G141" t="s">
+        <v>206</v>
+      </c>
+      <c r="J141" t="s">
+        <v>24</v>
+      </c>
+      <c r="M141" t="s">
+        <v>25</v>
+      </c>
+      <c r="N141" t="s">
+        <v>26</v>
+      </c>
+      <c r="O141" t="s">
+        <v>27</v>
+      </c>
+      <c r="P141" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q141" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="142" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A142" t="s">
+        <v>195</v>
+      </c>
+      <c r="B142" t="s">
+        <v>196</v>
+      </c>
+      <c r="C142" t="s">
+        <v>197</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E142" t="s">
+        <v>201</v>
+      </c>
+      <c r="F142" t="s">
+        <v>22</v>
+      </c>
+      <c r="G142" t="s">
+        <v>199</v>
+      </c>
+      <c r="I142" t="s">
+        <v>42</v>
+      </c>
+      <c r="J142" t="s">
+        <v>36</v>
+      </c>
+      <c r="M142" t="s">
+        <v>203</v>
+      </c>
+      <c r="N142" t="s">
+        <v>26</v>
+      </c>
+      <c r="O142" t="s">
+        <v>37</v>
+      </c>
+      <c r="P142" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q142" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="143" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A143" t="s">
+        <v>195</v>
+      </c>
+      <c r="B143" t="s">
+        <v>196</v>
+      </c>
+      <c r="C143" t="s">
+        <v>197</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="E143" t="s">
+        <v>208</v>
+      </c>
+      <c r="F143" t="s">
+        <v>22</v>
+      </c>
+      <c r="G143" t="s">
+        <v>199</v>
+      </c>
+      <c r="I143" t="s">
         <v>35</v>
       </c>
-      <c r="O5" t="s">
-[...4 lines deleted...]
-      <c r="A6" t="s">
+      <c r="J143" t="s">
+        <v>38</v>
+      </c>
+      <c r="M143" t="s">
+        <v>203</v>
+      </c>
+      <c r="N143" t="s">
+        <v>26</v>
+      </c>
+      <c r="O143" t="s">
+        <v>37</v>
+      </c>
+      <c r="P143" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q143" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="144" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A144" t="s">
+        <v>195</v>
+      </c>
+      <c r="B144" t="s">
+        <v>196</v>
+      </c>
+      <c r="C144" t="s">
+        <v>197</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="E144" t="s">
+        <v>208</v>
+      </c>
+      <c r="F144" t="s">
+        <v>22</v>
+      </c>
+      <c r="G144" t="s">
+        <v>199</v>
+      </c>
+      <c r="I144" t="s">
+        <v>35</v>
+      </c>
+      <c r="J144" t="s">
+        <v>36</v>
+      </c>
+      <c r="M144" t="s">
+        <v>203</v>
+      </c>
+      <c r="N144" t="s">
+        <v>26</v>
+      </c>
+      <c r="O144" t="s">
+        <v>37</v>
+      </c>
+      <c r="P144" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q144" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="145" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A145" t="s">
+        <v>195</v>
+      </c>
+      <c r="B145" t="s">
+        <v>196</v>
+      </c>
+      <c r="C145" t="s">
+        <v>197</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E145" t="s">
+        <v>198</v>
+      </c>
+      <c r="F145" t="s">
+        <v>22</v>
+      </c>
+      <c r="G145" t="s">
+        <v>199</v>
+      </c>
+      <c r="J145" t="s">
+        <v>24</v>
+      </c>
+      <c r="M145" t="s">
+        <v>25</v>
+      </c>
+      <c r="N145" t="s">
+        <v>26</v>
+      </c>
+      <c r="O145" t="s">
+        <v>27</v>
+      </c>
+      <c r="P145" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q145" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="146" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A146" t="s">
+        <v>195</v>
+      </c>
+      <c r="B146" t="s">
+        <v>196</v>
+      </c>
+      <c r="C146" t="s">
+        <v>197</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="E146" t="s">
+        <v>205</v>
+      </c>
+      <c r="F146" t="s">
+        <v>22</v>
+      </c>
+      <c r="G146" t="s">
+        <v>206</v>
+      </c>
+      <c r="J146" t="s">
+        <v>24</v>
+      </c>
+      <c r="M146" t="s">
+        <v>25</v>
+      </c>
+      <c r="N146" t="s">
+        <v>26</v>
+      </c>
+      <c r="O146" t="s">
+        <v>27</v>
+      </c>
+      <c r="P146" t="s">
         <v>28</v>
       </c>
-      <c r="B6" t="s">
-[...17 lines deleted...]
-      <c r="I6" t="s">
+      <c r="Q146" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="147" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A147" t="s">
+        <v>195</v>
+      </c>
+      <c r="B147" t="s">
+        <v>196</v>
+      </c>
+      <c r="C147" t="s">
+        <v>197</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="E147" t="s">
+        <v>205</v>
+      </c>
+      <c r="F147" t="s">
+        <v>22</v>
+      </c>
+      <c r="G147" t="s">
+        <v>206</v>
+      </c>
+      <c r="J147" t="s">
+        <v>24</v>
+      </c>
+      <c r="M147" t="s">
+        <v>25</v>
+      </c>
+      <c r="N147" t="s">
+        <v>26</v>
+      </c>
+      <c r="O147" t="s">
+        <v>27</v>
+      </c>
+      <c r="P147" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q147" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="148" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A148" t="s">
+        <v>195</v>
+      </c>
+      <c r="B148" t="s">
+        <v>196</v>
+      </c>
+      <c r="C148" t="s">
+        <v>197</v>
+      </c>
+      <c r="D148" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="L6" t="s">
-[...13 lines deleted...]
-      <c r="A7" t="s">
+      <c r="E148" t="s">
+        <v>198</v>
+      </c>
+      <c r="F148" t="s">
+        <v>22</v>
+      </c>
+      <c r="G148" t="s">
+        <v>199</v>
+      </c>
+      <c r="J148" t="s">
+        <v>24</v>
+      </c>
+      <c r="M148" t="s">
+        <v>25</v>
+      </c>
+      <c r="N148" t="s">
+        <v>26</v>
+      </c>
+      <c r="O148" t="s">
+        <v>27</v>
+      </c>
+      <c r="P148" t="s">
         <v>28</v>
       </c>
-      <c r="B7" t="s">
-[...4643 lines deleted...]
-      <c r="A139" t="s">
+      <c r="Q148" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="149" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A149" t="s">
+        <v>195</v>
+      </c>
+      <c r="B149" t="s">
+        <v>210</v>
+      </c>
+      <c r="C149" t="s">
+        <v>211</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E149" t="s">
+        <v>212</v>
+      </c>
+      <c r="F149" t="s">
+        <v>22</v>
+      </c>
+      <c r="G149" t="s">
         <v>193</v>
       </c>
-      <c r="B139" t="s">
-[...5 lines deleted...]
-      <c r="D139" t="s">
+      <c r="J149" t="s">
+        <v>24</v>
+      </c>
+      <c r="M149" t="s">
+        <v>25</v>
+      </c>
+      <c r="N149" t="s">
+        <v>26</v>
+      </c>
+      <c r="O149" t="s">
+        <v>27</v>
+      </c>
+      <c r="P149" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q149" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="150" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A150" t="s">
         <v>195</v>
-      </c>
-[...389 lines deleted...]
-        <v>209</v>
       </c>
       <c r="B150" t="s">
         <v>210</v>
       </c>
-      <c r="C150" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D150" t="s">
+      <c r="C150" t="s">
         <v>211</v>
       </c>
+      <c r="D150" s="1" t="s">
+        <v>45</v>
+      </c>
       <c r="E150" t="s">
-        <v>19</v>
+        <v>214</v>
       </c>
       <c r="F150" t="s">
-        <v>212</v>
-[...8 lines deleted...]
-        <v>22</v>
+        <v>22</v>
+      </c>
+      <c r="G150" t="s">
+        <v>193</v>
+      </c>
+      <c r="J150" t="s">
+        <v>24</v>
       </c>
       <c r="M150" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N150" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="O150" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:15" x14ac:dyDescent="0.55000000000000004">
+        <v>27</v>
+      </c>
+      <c r="P150" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q150" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="151" spans="1:17" x14ac:dyDescent="0.55000000000000004">
       <c r="A151" t="s">
-        <v>209</v>
+        <v>195</v>
       </c>
       <c r="B151" t="s">
         <v>210</v>
       </c>
-      <c r="C151" s="1" t="s">
-[...3 lines deleted...]
-        <v>213</v>
+      <c r="C151" t="s">
+        <v>211</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>108</v>
       </c>
       <c r="E151" t="s">
-        <v>19</v>
+        <v>216</v>
       </c>
       <c r="F151" t="s">
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="H151" t="s">
+        <v>22</v>
+      </c>
+      <c r="G151" t="s">
+        <v>193</v>
+      </c>
+      <c r="I151" t="s">
+        <v>35</v>
+      </c>
+      <c r="J151" t="s">
         <v>38</v>
       </c>
-      <c r="I151" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M151" t="s">
-        <v>23</v>
+        <v>203</v>
       </c>
       <c r="N151" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="O151" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:15" x14ac:dyDescent="0.55000000000000004">
+        <v>37</v>
+      </c>
+      <c r="P151" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q151" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="152" spans="1:17" x14ac:dyDescent="0.55000000000000004">
       <c r="A152" t="s">
-        <v>209</v>
+        <v>195</v>
       </c>
       <c r="B152" t="s">
         <v>210</v>
       </c>
-      <c r="C152" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D152" t="s">
+      <c r="C152" t="s">
         <v>211</v>
       </c>
+      <c r="D152" s="1" t="s">
+        <v>45</v>
+      </c>
       <c r="E152" t="s">
-        <v>19</v>
+        <v>214</v>
       </c>
       <c r="F152" t="s">
-        <v>212</v>
-[...8 lines deleted...]
-        <v>22</v>
+        <v>22</v>
+      </c>
+      <c r="G152" t="s">
+        <v>193</v>
+      </c>
+      <c r="J152" t="s">
+        <v>24</v>
       </c>
       <c r="M152" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N152" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="O152" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:15" x14ac:dyDescent="0.55000000000000004">
+        <v>27</v>
+      </c>
+      <c r="P152" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q152" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="153" spans="1:17" x14ac:dyDescent="0.55000000000000004">
       <c r="A153" t="s">
-        <v>209</v>
+        <v>195</v>
       </c>
       <c r="B153" t="s">
         <v>210</v>
       </c>
-      <c r="C153" s="1" t="s">
-[...3 lines deleted...]
-        <v>214</v>
+      <c r="C153" t="s">
+        <v>211</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>39</v>
       </c>
       <c r="E153" t="s">
-        <v>19</v>
+        <v>218</v>
       </c>
       <c r="F153" t="s">
-        <v>215</v>
+        <v>22</v>
+      </c>
+      <c r="G153" t="s">
+        <v>193</v>
       </c>
       <c r="I153" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>42</v>
+      </c>
+      <c r="J153" t="s">
+        <v>202</v>
       </c>
       <c r="M153" t="s">
-        <v>23</v>
+        <v>203</v>
       </c>
       <c r="N153" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="O153" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:15" x14ac:dyDescent="0.55000000000000004">
+        <v>37</v>
+      </c>
+      <c r="P153" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q153" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="154" spans="1:17" x14ac:dyDescent="0.55000000000000004">
       <c r="A154" t="s">
-        <v>209</v>
+        <v>195</v>
       </c>
       <c r="B154" t="s">
         <v>210</v>
       </c>
-      <c r="C154" s="1" t="s">
-[...3 lines deleted...]
-        <v>214</v>
+      <c r="C154" t="s">
+        <v>211</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>20</v>
       </c>
       <c r="E154" t="s">
-        <v>19</v>
+        <v>212</v>
       </c>
       <c r="F154" t="s">
-        <v>215</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>22</v>
+      </c>
+      <c r="G154" t="s">
+        <v>193</v>
+      </c>
+      <c r="J154" t="s">
+        <v>24</v>
       </c>
       <c r="M154" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N154" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="O154" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:15" x14ac:dyDescent="0.55000000000000004">
+        <v>27</v>
+      </c>
+      <c r="P154" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q154" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="155" spans="1:17" x14ac:dyDescent="0.55000000000000004">
       <c r="A155" t="s">
-        <v>209</v>
+        <v>195</v>
       </c>
       <c r="B155" t="s">
         <v>210</v>
       </c>
-      <c r="C155" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D155" t="s">
+      <c r="C155" t="s">
+        <v>211</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E155" t="s">
+        <v>212</v>
+      </c>
+      <c r="F155" t="s">
+        <v>22</v>
+      </c>
+      <c r="G155" t="s">
+        <v>193</v>
+      </c>
+      <c r="J155" t="s">
+        <v>24</v>
+      </c>
+      <c r="M155" t="s">
+        <v>25</v>
+      </c>
+      <c r="N155" t="s">
+        <v>26</v>
+      </c>
+      <c r="O155" t="s">
+        <v>27</v>
+      </c>
+      <c r="P155" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q155" t="s">
         <v>213</v>
       </c>
-      <c r="E155" t="s">
-[...24 lines deleted...]
-    <row r="156" spans="1:15" x14ac:dyDescent="0.55000000000000004">
+    </row>
+    <row r="156" spans="1:17" x14ac:dyDescent="0.55000000000000004">
       <c r="A156" t="s">
-        <v>209</v>
+        <v>195</v>
       </c>
       <c r="B156" t="s">
         <v>210</v>
       </c>
-      <c r="C156" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D156" t="s">
+      <c r="C156" t="s">
+        <v>211</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="E156" t="s">
+        <v>216</v>
+      </c>
+      <c r="F156" t="s">
+        <v>22</v>
+      </c>
+      <c r="G156" t="s">
+        <v>193</v>
+      </c>
+      <c r="I156" t="s">
+        <v>35</v>
+      </c>
+      <c r="J156" t="s">
+        <v>36</v>
+      </c>
+      <c r="M156" t="s">
+        <v>203</v>
+      </c>
+      <c r="N156" t="s">
+        <v>26</v>
+      </c>
+      <c r="O156" t="s">
+        <v>37</v>
+      </c>
+      <c r="P156" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q156" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="157" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A157" t="s">
+        <v>195</v>
+      </c>
+      <c r="B157" t="s">
+        <v>210</v>
+      </c>
+      <c r="C157" t="s">
+        <v>211</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E157" t="s">
         <v>214</v>
       </c>
-      <c r="E156" t="s">
-[...2 lines deleted...]
-      <c r="F156" t="s">
+      <c r="F157" t="s">
+        <v>22</v>
+      </c>
+      <c r="G157" t="s">
+        <v>193</v>
+      </c>
+      <c r="J157" t="s">
+        <v>24</v>
+      </c>
+      <c r="M157" t="s">
+        <v>25</v>
+      </c>
+      <c r="N157" t="s">
+        <v>26</v>
+      </c>
+      <c r="O157" t="s">
+        <v>27</v>
+      </c>
+      <c r="P157" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q157" t="s">
         <v>215</v>
       </c>
-      <c r="I156" t="s">
-[...25 lines deleted...]
-      <c r="D157" t="s">
+    </row>
+    <row r="158" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A158" t="s">
+        <v>195</v>
+      </c>
+      <c r="B158" t="s">
+        <v>210</v>
+      </c>
+      <c r="C158" t="s">
+        <v>211</v>
+      </c>
+      <c r="D158" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E158" t="s">
         <v>218</v>
       </c>
-      <c r="E157" t="s">
-[...2 lines deleted...]
-      <c r="F157" t="s">
+      <c r="F158" t="s">
+        <v>22</v>
+      </c>
+      <c r="G158" t="s">
+        <v>193</v>
+      </c>
+      <c r="I158" t="s">
+        <v>42</v>
+      </c>
+      <c r="J158" t="s">
+        <v>36</v>
+      </c>
+      <c r="M158" t="s">
+        <v>203</v>
+      </c>
+      <c r="N158" t="s">
+        <v>26</v>
+      </c>
+      <c r="O158" t="s">
+        <v>37</v>
+      </c>
+      <c r="P158" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q158" t="s">
         <v>219</v>
       </c>
-      <c r="H157" t="s">
+    </row>
+    <row r="159" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A159" t="s">
+        <v>195</v>
+      </c>
+      <c r="B159" t="s">
+        <v>220</v>
+      </c>
+      <c r="C159" t="s">
+        <v>221</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E159" t="s">
+        <v>222</v>
+      </c>
+      <c r="F159" t="s">
+        <v>22</v>
+      </c>
+      <c r="G159" t="s">
+        <v>193</v>
+      </c>
+      <c r="J159" t="s">
+        <v>24</v>
+      </c>
+      <c r="M159" t="s">
+        <v>25</v>
+      </c>
+      <c r="N159" t="s">
+        <v>26</v>
+      </c>
+      <c r="O159" t="s">
+        <v>27</v>
+      </c>
+      <c r="P159" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q159" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="160" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A160" t="s">
+        <v>195</v>
+      </c>
+      <c r="B160" t="s">
+        <v>220</v>
+      </c>
+      <c r="C160" t="s">
+        <v>221</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E160" t="s">
+        <v>224</v>
+      </c>
+      <c r="F160" t="s">
+        <v>22</v>
+      </c>
+      <c r="G160" t="s">
+        <v>193</v>
+      </c>
+      <c r="J160" t="s">
+        <v>24</v>
+      </c>
+      <c r="M160" t="s">
+        <v>25</v>
+      </c>
+      <c r="N160" t="s">
+        <v>26</v>
+      </c>
+      <c r="O160" t="s">
+        <v>27</v>
+      </c>
+      <c r="P160" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q160" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="161" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A161" t="s">
+        <v>195</v>
+      </c>
+      <c r="B161" t="s">
+        <v>220</v>
+      </c>
+      <c r="C161" t="s">
+        <v>221</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E161" t="s">
+        <v>224</v>
+      </c>
+      <c r="F161" t="s">
+        <v>22</v>
+      </c>
+      <c r="G161" t="s">
+        <v>193</v>
+      </c>
+      <c r="J161" t="s">
+        <v>24</v>
+      </c>
+      <c r="M161" t="s">
+        <v>25</v>
+      </c>
+      <c r="N161" t="s">
+        <v>26</v>
+      </c>
+      <c r="O161" t="s">
+        <v>27</v>
+      </c>
+      <c r="P161" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q161" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="162" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A162" t="s">
+        <v>195</v>
+      </c>
+      <c r="B162" t="s">
+        <v>220</v>
+      </c>
+      <c r="C162" t="s">
+        <v>221</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E162" t="s">
+        <v>224</v>
+      </c>
+      <c r="F162" t="s">
+        <v>22</v>
+      </c>
+      <c r="G162" t="s">
+        <v>193</v>
+      </c>
+      <c r="J162" t="s">
+        <v>24</v>
+      </c>
+      <c r="M162" t="s">
+        <v>25</v>
+      </c>
+      <c r="N162" t="s">
+        <v>26</v>
+      </c>
+      <c r="O162" t="s">
+        <v>27</v>
+      </c>
+      <c r="P162" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q162" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="163" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A163" t="s">
+        <v>195</v>
+      </c>
+      <c r="B163" t="s">
+        <v>220</v>
+      </c>
+      <c r="C163" t="s">
+        <v>221</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E163" t="s">
+        <v>222</v>
+      </c>
+      <c r="F163" t="s">
+        <v>22</v>
+      </c>
+      <c r="G163" t="s">
+        <v>193</v>
+      </c>
+      <c r="J163" t="s">
+        <v>24</v>
+      </c>
+      <c r="M163" t="s">
+        <v>25</v>
+      </c>
+      <c r="N163" t="s">
+        <v>26</v>
+      </c>
+      <c r="O163" t="s">
+        <v>27</v>
+      </c>
+      <c r="P163" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q163" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="164" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A164" t="s">
+        <v>195</v>
+      </c>
+      <c r="B164" t="s">
+        <v>220</v>
+      </c>
+      <c r="C164" t="s">
+        <v>221</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E164" t="s">
+        <v>222</v>
+      </c>
+      <c r="F164" t="s">
+        <v>22</v>
+      </c>
+      <c r="G164" t="s">
+        <v>193</v>
+      </c>
+      <c r="J164" t="s">
+        <v>24</v>
+      </c>
+      <c r="M164" t="s">
+        <v>25</v>
+      </c>
+      <c r="N164" t="s">
+        <v>26</v>
+      </c>
+      <c r="O164" t="s">
+        <v>27</v>
+      </c>
+      <c r="P164" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q164" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="165" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A165" t="s">
+        <v>195</v>
+      </c>
+      <c r="B165" t="s">
+        <v>226</v>
+      </c>
+      <c r="C165" t="s">
+        <v>227</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E165" t="s">
+        <v>226</v>
+      </c>
+      <c r="F165" t="s">
+        <v>22</v>
+      </c>
+      <c r="G165" t="s">
+        <v>193</v>
+      </c>
+      <c r="J165" t="s">
+        <v>24</v>
+      </c>
+      <c r="M165" t="s">
+        <v>25</v>
+      </c>
+      <c r="N165" t="s">
+        <v>26</v>
+      </c>
+      <c r="O165" t="s">
+        <v>27</v>
+      </c>
+      <c r="P165" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q165" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="166" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A166" t="s">
+        <v>195</v>
+      </c>
+      <c r="B166" t="s">
+        <v>226</v>
+      </c>
+      <c r="C166" t="s">
+        <v>227</v>
+      </c>
+      <c r="D166" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E166" t="s">
+        <v>226</v>
+      </c>
+      <c r="F166" t="s">
+        <v>22</v>
+      </c>
+      <c r="G166" t="s">
+        <v>193</v>
+      </c>
+      <c r="J166" t="s">
+        <v>24</v>
+      </c>
+      <c r="M166" t="s">
+        <v>25</v>
+      </c>
+      <c r="N166" t="s">
+        <v>26</v>
+      </c>
+      <c r="O166" t="s">
+        <v>27</v>
+      </c>
+      <c r="P166" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q166" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="167" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A167" t="s">
+        <v>195</v>
+      </c>
+      <c r="B167" t="s">
+        <v>226</v>
+      </c>
+      <c r="C167" t="s">
+        <v>227</v>
+      </c>
+      <c r="D167" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E167" t="s">
+        <v>226</v>
+      </c>
+      <c r="F167" t="s">
+        <v>22</v>
+      </c>
+      <c r="G167" t="s">
+        <v>193</v>
+      </c>
+      <c r="J167" t="s">
+        <v>24</v>
+      </c>
+      <c r="M167" t="s">
+        <v>25</v>
+      </c>
+      <c r="N167" t="s">
+        <v>26</v>
+      </c>
+      <c r="O167" t="s">
+        <v>27</v>
+      </c>
+      <c r="P167" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q167" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="168" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A168" t="s">
+        <v>17</v>
+      </c>
+      <c r="B168" t="s">
+        <v>229</v>
+      </c>
+      <c r="C168" t="s">
+        <v>230</v>
+      </c>
+      <c r="D168" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E168" t="s">
+        <v>231</v>
+      </c>
+      <c r="F168" t="s">
+        <v>22</v>
+      </c>
+      <c r="G168" t="s">
+        <v>232</v>
+      </c>
+      <c r="I168" t="s">
+        <v>42</v>
+      </c>
+      <c r="J168" t="s">
+        <v>36</v>
+      </c>
+      <c r="M168" t="s">
+        <v>25</v>
+      </c>
+      <c r="N168" t="s">
+        <v>26</v>
+      </c>
+      <c r="O168" t="s">
+        <v>37</v>
+      </c>
+      <c r="P168" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="169" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A169" t="s">
+        <v>17</v>
+      </c>
+      <c r="B169" t="s">
+        <v>233</v>
+      </c>
+      <c r="C169" t="s">
+        <v>234</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E169" t="s">
+        <v>235</v>
+      </c>
+      <c r="F169" t="s">
+        <v>22</v>
+      </c>
+      <c r="G169" t="s">
+        <v>236</v>
+      </c>
+      <c r="I169" t="s">
+        <v>42</v>
+      </c>
+      <c r="J169" t="s">
+        <v>202</v>
+      </c>
+      <c r="M169" t="s">
+        <v>237</v>
+      </c>
+      <c r="N169" t="s">
+        <v>26</v>
+      </c>
+      <c r="O169" t="s">
+        <v>37</v>
+      </c>
+      <c r="P169" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="170" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A170" t="s">
+        <v>17</v>
+      </c>
+      <c r="B170" t="s">
+        <v>233</v>
+      </c>
+      <c r="C170" t="s">
+        <v>234</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E170" t="s">
+        <v>238</v>
+      </c>
+      <c r="F170" t="s">
+        <v>22</v>
+      </c>
+      <c r="G170" t="s">
+        <v>236</v>
+      </c>
+      <c r="I170" t="s">
+        <v>35</v>
+      </c>
+      <c r="J170" t="s">
+        <v>36</v>
+      </c>
+      <c r="M170" t="s">
+        <v>237</v>
+      </c>
+      <c r="N170" t="s">
+        <v>26</v>
+      </c>
+      <c r="O170" t="s">
+        <v>37</v>
+      </c>
+      <c r="P170" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="171" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A171" t="s">
+        <v>17</v>
+      </c>
+      <c r="B171" t="s">
+        <v>233</v>
+      </c>
+      <c r="C171" t="s">
+        <v>234</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E171" t="s">
+        <v>238</v>
+      </c>
+      <c r="F171" t="s">
+        <v>22</v>
+      </c>
+      <c r="G171" t="s">
+        <v>236</v>
+      </c>
+      <c r="I171" t="s">
+        <v>35</v>
+      </c>
+      <c r="J171" t="s">
         <v>38</v>
       </c>
-      <c r="I157" t="s">
+      <c r="M171" t="s">
+        <v>237</v>
+      </c>
+      <c r="N171" t="s">
+        <v>26</v>
+      </c>
+      <c r="O171" t="s">
+        <v>37</v>
+      </c>
+      <c r="P171" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="172" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A172" t="s">
+        <v>17</v>
+      </c>
+      <c r="B172" t="s">
+        <v>233</v>
+      </c>
+      <c r="C172" t="s">
+        <v>234</v>
+      </c>
+      <c r="D172" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E172" t="s">
+        <v>235</v>
+      </c>
+      <c r="F172" t="s">
+        <v>22</v>
+      </c>
+      <c r="G172" t="s">
+        <v>236</v>
+      </c>
+      <c r="I172" t="s">
+        <v>42</v>
+      </c>
+      <c r="J172" t="s">
+        <v>36</v>
+      </c>
+      <c r="M172" t="s">
+        <v>237</v>
+      </c>
+      <c r="N172" t="s">
+        <v>26</v>
+      </c>
+      <c r="O172" t="s">
+        <v>37</v>
+      </c>
+      <c r="P172" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="173" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A173" t="s">
+        <v>17</v>
+      </c>
+      <c r="B173" t="s">
+        <v>239</v>
+      </c>
+      <c r="C173" t="s">
+        <v>240</v>
+      </c>
+      <c r="D173" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="L157" t="s">
-[...5 lines deleted...]
-      <c r="N157" t="s">
+      <c r="E173" t="s">
+        <v>241</v>
+      </c>
+      <c r="F173" t="s">
+        <v>22</v>
+      </c>
+      <c r="G173" t="s">
+        <v>242</v>
+      </c>
+      <c r="I173" t="s">
         <v>35</v>
       </c>
-      <c r="O157" t="s">
-[...495 lines deleted...]
-      <c r="F171" t="s">
+      <c r="J173" t="s">
+        <v>36</v>
+      </c>
+      <c r="M173" t="s">
         <v>237</v>
       </c>
-      <c r="I171" t="s">
-[...77 lines deleted...]
-      </c>
       <c r="N173" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="O173" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:15" x14ac:dyDescent="0.55000000000000004">
+        <v>37</v>
+      </c>
+      <c r="P173" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="174" spans="1:17" x14ac:dyDescent="0.55000000000000004">
       <c r="A174" t="s">
-        <v>238</v>
+        <v>17</v>
       </c>
       <c r="B174" t="s">
         <v>239</v>
       </c>
-      <c r="C174" s="1" t="s">
-[...3 lines deleted...]
-        <v>238</v>
+      <c r="C174" t="s">
+        <v>240</v>
+      </c>
+      <c r="D174" s="1" t="s">
+        <v>20</v>
       </c>
       <c r="E174" t="s">
-        <v>19</v>
+        <v>243</v>
       </c>
       <c r="F174" t="s">
-        <v>240</v>
+        <v>22</v>
+      </c>
+      <c r="G174" t="s">
+        <v>242</v>
       </c>
       <c r="I174" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>42</v>
+      </c>
+      <c r="J174" t="s">
+        <v>202</v>
       </c>
       <c r="M174" t="s">
-        <v>23</v>
+        <v>237</v>
       </c>
       <c r="N174" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="O174" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:15" x14ac:dyDescent="0.55000000000000004">
+        <v>37</v>
+      </c>
+      <c r="P174" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="175" spans="1:17" x14ac:dyDescent="0.55000000000000004">
       <c r="A175" t="s">
-        <v>238</v>
+        <v>17</v>
       </c>
       <c r="B175" t="s">
         <v>239</v>
       </c>
-      <c r="C175" s="1" t="s">
-[...3 lines deleted...]
-        <v>238</v>
+      <c r="C175" t="s">
+        <v>240</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>20</v>
       </c>
       <c r="E175" t="s">
-        <v>19</v>
+        <v>243</v>
       </c>
       <c r="F175" t="s">
+        <v>22</v>
+      </c>
+      <c r="G175" t="s">
+        <v>242</v>
+      </c>
+      <c r="I175" t="s">
+        <v>42</v>
+      </c>
+      <c r="J175" t="s">
+        <v>36</v>
+      </c>
+      <c r="M175" t="s">
+        <v>237</v>
+      </c>
+      <c r="N175" t="s">
+        <v>26</v>
+      </c>
+      <c r="O175" t="s">
+        <v>37</v>
+      </c>
+      <c r="P175" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="176" spans="1:17" x14ac:dyDescent="0.55000000000000004">
+      <c r="A176" t="s">
+        <v>17</v>
+      </c>
+      <c r="B176" t="s">
+        <v>239</v>
+      </c>
+      <c r="C176" t="s">
         <v>240</v>
       </c>
-      <c r="I175" t="s">
-[...16 lines deleted...]
-      <c r="A176" t="s">
+      <c r="D176" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E176" t="s">
         <v>241</v>
       </c>
-      <c r="B176" t="s">
+      <c r="F176" t="s">
+        <v>22</v>
+      </c>
+      <c r="G176" t="s">
         <v>242</v>
       </c>
-      <c r="C176" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I176" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>35</v>
+      </c>
+      <c r="J176" t="s">
+        <v>38</v>
       </c>
       <c r="M176" t="s">
-        <v>23</v>
+        <v>237</v>
       </c>
       <c r="N176" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="O176" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:15" x14ac:dyDescent="0.55000000000000004">
+        <v>37</v>
+      </c>
+      <c r="P176" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16" x14ac:dyDescent="0.55000000000000004">
       <c r="A177" t="s">
-        <v>241</v>
+        <v>17</v>
       </c>
       <c r="B177" t="s">
-        <v>242</v>
-[...5 lines deleted...]
-        <v>241</v>
+        <v>244</v>
+      </c>
+      <c r="C177" t="s">
+        <v>245</v>
+      </c>
+      <c r="D177" s="1" t="s">
+        <v>20</v>
       </c>
       <c r="E177" t="s">
-        <v>19</v>
+        <v>246</v>
       </c>
       <c r="F177" t="s">
-        <v>243</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>22</v>
+      </c>
+      <c r="G177" t="s">
+        <v>247</v>
+      </c>
+      <c r="J177" t="s">
+        <v>24</v>
       </c>
       <c r="M177" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N177" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="O177" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:15" x14ac:dyDescent="0.55000000000000004">
+        <v>27</v>
+      </c>
+      <c r="P177" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16" x14ac:dyDescent="0.55000000000000004">
       <c r="A178" t="s">
+        <v>17</v>
+      </c>
+      <c r="B178" t="s">
         <v>244</v>
       </c>
-      <c r="B178" t="s">
+      <c r="C178" t="s">
         <v>245</v>
       </c>
-      <c r="C178" s="1" t="s">
+      <c r="D178" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E178" t="s">
+        <v>246</v>
+      </c>
+      <c r="F178" t="s">
+        <v>22</v>
+      </c>
+      <c r="G178" t="s">
+        <v>247</v>
+      </c>
+      <c r="J178" t="s">
+        <v>24</v>
+      </c>
+      <c r="M178" t="s">
+        <v>25</v>
+      </c>
+      <c r="N178" t="s">
+        <v>26</v>
+      </c>
+      <c r="O178" t="s">
+        <v>27</v>
+      </c>
+      <c r="P178" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A179" t="s">
+        <v>17</v>
+      </c>
+      <c r="B179" t="s">
+        <v>244</v>
+      </c>
+      <c r="C179" t="s">
+        <v>245</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E179" t="s">
+        <v>246</v>
+      </c>
+      <c r="F179" t="s">
+        <v>22</v>
+      </c>
+      <c r="G179" t="s">
+        <v>247</v>
+      </c>
+      <c r="J179" t="s">
+        <v>24</v>
+      </c>
+      <c r="M179" t="s">
+        <v>25</v>
+      </c>
+      <c r="N179" t="s">
+        <v>26</v>
+      </c>
+      <c r="O179" t="s">
+        <v>27</v>
+      </c>
+      <c r="P179" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A180" t="s">
+        <v>17</v>
+      </c>
+      <c r="B180" t="s">
+        <v>248</v>
+      </c>
+      <c r="C180" t="s">
+        <v>249</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E180" t="s">
+        <v>250</v>
+      </c>
+      <c r="F180" t="s">
+        <v>22</v>
+      </c>
+      <c r="G180" t="s">
+        <v>251</v>
+      </c>
+      <c r="J180" t="s">
+        <v>24</v>
+      </c>
+      <c r="M180" t="s">
+        <v>25</v>
+      </c>
+      <c r="N180" t="s">
+        <v>26</v>
+      </c>
+      <c r="O180" t="s">
+        <v>27</v>
+      </c>
+      <c r="P180" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A181" t="s">
+        <v>17</v>
+      </c>
+      <c r="B181" t="s">
+        <v>248</v>
+      </c>
+      <c r="C181" t="s">
+        <v>249</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E181" t="s">
+        <v>250</v>
+      </c>
+      <c r="F181" t="s">
+        <v>22</v>
+      </c>
+      <c r="G181" t="s">
+        <v>251</v>
+      </c>
+      <c r="J181" t="s">
+        <v>24</v>
+      </c>
+      <c r="M181" t="s">
+        <v>25</v>
+      </c>
+      <c r="N181" t="s">
+        <v>26</v>
+      </c>
+      <c r="O181" t="s">
+        <v>27</v>
+      </c>
+      <c r="P181" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A182" t="s">
+        <v>17</v>
+      </c>
+      <c r="B182" t="s">
+        <v>248</v>
+      </c>
+      <c r="C182" t="s">
+        <v>249</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E182" t="s">
+        <v>250</v>
+      </c>
+      <c r="F182" t="s">
+        <v>22</v>
+      </c>
+      <c r="G182" t="s">
+        <v>251</v>
+      </c>
+      <c r="J182" t="s">
+        <v>24</v>
+      </c>
+      <c r="M182" t="s">
+        <v>25</v>
+      </c>
+      <c r="N182" t="s">
+        <v>26</v>
+      </c>
+      <c r="O182" t="s">
+        <v>27</v>
+      </c>
+      <c r="P182" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A183" t="s">
+        <v>17</v>
+      </c>
+      <c r="B183" t="s">
+        <v>252</v>
+      </c>
+      <c r="C183" t="s">
+        <v>253</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E183" t="s">
+        <v>252</v>
+      </c>
+      <c r="F183" t="s">
+        <v>22</v>
+      </c>
+      <c r="G183" t="s">
+        <v>254</v>
+      </c>
+      <c r="J183" t="s">
+        <v>24</v>
+      </c>
+      <c r="M183" t="s">
+        <v>25</v>
+      </c>
+      <c r="N183" t="s">
+        <v>26</v>
+      </c>
+      <c r="O183" t="s">
+        <v>27</v>
+      </c>
+      <c r="P183" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="184" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A184" t="s">
+        <v>17</v>
+      </c>
+      <c r="B184" t="s">
+        <v>252</v>
+      </c>
+      <c r="C184" t="s">
+        <v>253</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E184" t="s">
+        <v>252</v>
+      </c>
+      <c r="F184" t="s">
+        <v>22</v>
+      </c>
+      <c r="G184" t="s">
+        <v>254</v>
+      </c>
+      <c r="J184" t="s">
+        <v>24</v>
+      </c>
+      <c r="M184" t="s">
+        <v>25</v>
+      </c>
+      <c r="N184" t="s">
+        <v>26</v>
+      </c>
+      <c r="O184" t="s">
+        <v>27</v>
+      </c>
+      <c r="P184" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A185" t="s">
+        <v>17</v>
+      </c>
+      <c r="B185" t="s">
+        <v>252</v>
+      </c>
+      <c r="C185" t="s">
+        <v>253</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E185" t="s">
+        <v>252</v>
+      </c>
+      <c r="F185" t="s">
+        <v>22</v>
+      </c>
+      <c r="G185" t="s">
+        <v>254</v>
+      </c>
+      <c r="J185" t="s">
+        <v>24</v>
+      </c>
+      <c r="M185" t="s">
+        <v>25</v>
+      </c>
+      <c r="N185" t="s">
+        <v>26</v>
+      </c>
+      <c r="O185" t="s">
+        <v>27</v>
+      </c>
+      <c r="P185" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="186" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A186" t="s">
+        <v>17</v>
+      </c>
+      <c r="B186" t="s">
+        <v>255</v>
+      </c>
+      <c r="C186" t="s">
+        <v>256</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E186" t="s">
+        <v>255</v>
+      </c>
+      <c r="F186" t="s">
+        <v>22</v>
+      </c>
+      <c r="G186" t="s">
+        <v>257</v>
+      </c>
+      <c r="J186" t="s">
+        <v>24</v>
+      </c>
+      <c r="M186" t="s">
+        <v>25</v>
+      </c>
+      <c r="N186" t="s">
+        <v>26</v>
+      </c>
+      <c r="O186" t="s">
+        <v>27</v>
+      </c>
+      <c r="P186" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="187" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A187" t="s">
+        <v>17</v>
+      </c>
+      <c r="B187" t="s">
+        <v>255</v>
+      </c>
+      <c r="C187" t="s">
+        <v>256</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E187" t="s">
+        <v>255</v>
+      </c>
+      <c r="F187" t="s">
+        <v>22</v>
+      </c>
+      <c r="G187" t="s">
+        <v>257</v>
+      </c>
+      <c r="J187" t="s">
+        <v>24</v>
+      </c>
+      <c r="M187" t="s">
+        <v>25</v>
+      </c>
+      <c r="N187" t="s">
+        <v>26</v>
+      </c>
+      <c r="O187" t="s">
+        <v>27</v>
+      </c>
+      <c r="P187" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="188" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A188" t="s">
+        <v>17</v>
+      </c>
+      <c r="B188" t="s">
+        <v>258</v>
+      </c>
+      <c r="C188" t="s">
+        <v>259</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E188" t="s">
+        <v>258</v>
+      </c>
+      <c r="F188" t="s">
+        <v>22</v>
+      </c>
+      <c r="G188" t="s">
+        <v>260</v>
+      </c>
+      <c r="J188" t="s">
+        <v>24</v>
+      </c>
+      <c r="M188" t="s">
+        <v>25</v>
+      </c>
+      <c r="N188" t="s">
+        <v>26</v>
+      </c>
+      <c r="O188" t="s">
+        <v>27</v>
+      </c>
+      <c r="P188" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="189" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A189" t="s">
+        <v>17</v>
+      </c>
+      <c r="B189" t="s">
+        <v>258</v>
+      </c>
+      <c r="C189" t="s">
+        <v>259</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E189" t="s">
+        <v>258</v>
+      </c>
+      <c r="F189" t="s">
+        <v>22</v>
+      </c>
+      <c r="G189" t="s">
+        <v>260</v>
+      </c>
+      <c r="J189" t="s">
+        <v>24</v>
+      </c>
+      <c r="M189" t="s">
+        <v>25</v>
+      </c>
+      <c r="N189" t="s">
+        <v>26</v>
+      </c>
+      <c r="O189" t="s">
+        <v>27</v>
+      </c>
+      <c r="P189" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="190" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A190" t="s">
+        <v>17</v>
+      </c>
+      <c r="B190" t="s">
+        <v>261</v>
+      </c>
+      <c r="C190" t="s">
+        <v>262</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E190" t="s">
+        <v>263</v>
+      </c>
+      <c r="F190" t="s">
+        <v>22</v>
+      </c>
+      <c r="G190" t="s">
+        <v>264</v>
+      </c>
+      <c r="J190" t="s">
+        <v>24</v>
+      </c>
+      <c r="M190" t="s">
+        <v>25</v>
+      </c>
+      <c r="N190" t="s">
+        <v>26</v>
+      </c>
+      <c r="O190" t="s">
+        <v>27</v>
+      </c>
+      <c r="P190" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="191" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A191" t="s">
+        <v>17</v>
+      </c>
+      <c r="B191" t="s">
+        <v>261</v>
+      </c>
+      <c r="C191" t="s">
+        <v>262</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E191" t="s">
+        <v>265</v>
+      </c>
+      <c r="F191" t="s">
+        <v>22</v>
+      </c>
+      <c r="G191" t="s">
+        <v>264</v>
+      </c>
+      <c r="J191" t="s">
+        <v>24</v>
+      </c>
+      <c r="M191" t="s">
+        <v>25</v>
+      </c>
+      <c r="N191" t="s">
+        <v>26</v>
+      </c>
+      <c r="O191" t="s">
+        <v>27</v>
+      </c>
+      <c r="P191" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="192" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A192" t="s">
+        <v>17</v>
+      </c>
+      <c r="B192" t="s">
+        <v>261</v>
+      </c>
+      <c r="C192" t="s">
+        <v>262</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="E192" t="s">
+        <v>266</v>
+      </c>
+      <c r="F192" t="s">
+        <v>22</v>
+      </c>
+      <c r="G192" t="s">
+        <v>264</v>
+      </c>
+      <c r="J192" t="s">
+        <v>24</v>
+      </c>
+      <c r="M192" t="s">
+        <v>25</v>
+      </c>
+      <c r="N192" t="s">
+        <v>26</v>
+      </c>
+      <c r="O192" t="s">
+        <v>27</v>
+      </c>
+      <c r="P192" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="193" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A193" t="s">
+        <v>17</v>
+      </c>
+      <c r="B193" t="s">
+        <v>261</v>
+      </c>
+      <c r="C193" t="s">
+        <v>262</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E193" t="s">
+        <v>266</v>
+      </c>
+      <c r="F193" t="s">
+        <v>22</v>
+      </c>
+      <c r="G193" t="s">
+        <v>264</v>
+      </c>
+      <c r="J193" t="s">
+        <v>24</v>
+      </c>
+      <c r="M193" t="s">
+        <v>25</v>
+      </c>
+      <c r="N193" t="s">
+        <v>26</v>
+      </c>
+      <c r="O193" t="s">
+        <v>27</v>
+      </c>
+      <c r="P193" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="194" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A194" t="s">
+        <v>17</v>
+      </c>
+      <c r="B194" t="s">
+        <v>261</v>
+      </c>
+      <c r="C194" t="s">
+        <v>262</v>
+      </c>
+      <c r="D194" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="E194" t="s">
+        <v>265</v>
+      </c>
+      <c r="F194" t="s">
+        <v>22</v>
+      </c>
+      <c r="G194" t="s">
+        <v>264</v>
+      </c>
+      <c r="J194" t="s">
+        <v>24</v>
+      </c>
+      <c r="M194" t="s">
+        <v>25</v>
+      </c>
+      <c r="N194" t="s">
+        <v>26</v>
+      </c>
+      <c r="O194" t="s">
+        <v>27</v>
+      </c>
+      <c r="P194" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="195" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A195" t="s">
+        <v>17</v>
+      </c>
+      <c r="B195" t="s">
+        <v>261</v>
+      </c>
+      <c r="C195" t="s">
+        <v>262</v>
+      </c>
+      <c r="D195" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="D178" t="s">
-[...31 lines deleted...]
-      <c r="C179" s="1" t="s">
+      <c r="E195" t="s">
+        <v>263</v>
+      </c>
+      <c r="F195" t="s">
+        <v>22</v>
+      </c>
+      <c r="G195" t="s">
+        <v>264</v>
+      </c>
+      <c r="J195" t="s">
+        <v>24</v>
+      </c>
+      <c r="M195" t="s">
+        <v>25</v>
+      </c>
+      <c r="N195" t="s">
+        <v>26</v>
+      </c>
+      <c r="O195" t="s">
+        <v>27</v>
+      </c>
+      <c r="P195" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="196" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A196" t="s">
+        <v>17</v>
+      </c>
+      <c r="B196" t="s">
+        <v>261</v>
+      </c>
+      <c r="C196" t="s">
+        <v>262</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="E196" t="s">
+        <v>266</v>
+      </c>
+      <c r="F196" t="s">
+        <v>22</v>
+      </c>
+      <c r="G196" t="s">
+        <v>264</v>
+      </c>
+      <c r="J196" t="s">
+        <v>24</v>
+      </c>
+      <c r="M196" t="s">
+        <v>25</v>
+      </c>
+      <c r="N196" t="s">
+        <v>26</v>
+      </c>
+      <c r="O196" t="s">
+        <v>27</v>
+      </c>
+      <c r="P196" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="197" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A197" t="s">
+        <v>17</v>
+      </c>
+      <c r="B197" t="s">
+        <v>261</v>
+      </c>
+      <c r="C197" t="s">
+        <v>262</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E197" t="s">
+        <v>263</v>
+      </c>
+      <c r="F197" t="s">
+        <v>22</v>
+      </c>
+      <c r="G197" t="s">
+        <v>264</v>
+      </c>
+      <c r="J197" t="s">
+        <v>24</v>
+      </c>
+      <c r="M197" t="s">
+        <v>25</v>
+      </c>
+      <c r="N197" t="s">
+        <v>26</v>
+      </c>
+      <c r="O197" t="s">
+        <v>27</v>
+      </c>
+      <c r="P197" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="198" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A198" t="s">
+        <v>17</v>
+      </c>
+      <c r="B198" t="s">
+        <v>261</v>
+      </c>
+      <c r="C198" t="s">
+        <v>262</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="E198" t="s">
+        <v>265</v>
+      </c>
+      <c r="F198" t="s">
+        <v>22</v>
+      </c>
+      <c r="G198" t="s">
+        <v>264</v>
+      </c>
+      <c r="J198" t="s">
+        <v>24</v>
+      </c>
+      <c r="M198" t="s">
+        <v>25</v>
+      </c>
+      <c r="N198" t="s">
+        <v>26</v>
+      </c>
+      <c r="O198" t="s">
+        <v>27</v>
+      </c>
+      <c r="P198" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="199" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A199" t="s">
+        <v>17</v>
+      </c>
+      <c r="B199" t="s">
+        <v>267</v>
+      </c>
+      <c r="C199" t="s">
+        <v>268</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E199" t="s">
+        <v>267</v>
+      </c>
+      <c r="F199" t="s">
+        <v>22</v>
+      </c>
+      <c r="G199" t="s">
+        <v>269</v>
+      </c>
+      <c r="J199" t="s">
+        <v>24</v>
+      </c>
+      <c r="M199" t="s">
+        <v>25</v>
+      </c>
+      <c r="N199" t="s">
+        <v>26</v>
+      </c>
+      <c r="O199" t="s">
+        <v>27</v>
+      </c>
+      <c r="P199" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="200" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A200" t="s">
+        <v>17</v>
+      </c>
+      <c r="B200" t="s">
+        <v>270</v>
+      </c>
+      <c r="C200" t="s">
+        <v>271</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E200" t="s">
+        <v>270</v>
+      </c>
+      <c r="F200" t="s">
+        <v>22</v>
+      </c>
+      <c r="G200" t="s">
+        <v>272</v>
+      </c>
+      <c r="J200" t="s">
+        <v>24</v>
+      </c>
+      <c r="M200" t="s">
+        <v>25</v>
+      </c>
+      <c r="N200" t="s">
+        <v>26</v>
+      </c>
+      <c r="O200" t="s">
+        <v>27</v>
+      </c>
+      <c r="P200" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="201" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A201" t="s">
+        <v>17</v>
+      </c>
+      <c r="B201" t="s">
+        <v>270</v>
+      </c>
+      <c r="C201" t="s">
+        <v>271</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E201" t="s">
+        <v>270</v>
+      </c>
+      <c r="F201" t="s">
+        <v>22</v>
+      </c>
+      <c r="G201" t="s">
+        <v>272</v>
+      </c>
+      <c r="J201" t="s">
+        <v>24</v>
+      </c>
+      <c r="M201" t="s">
+        <v>25</v>
+      </c>
+      <c r="N201" t="s">
+        <v>26</v>
+      </c>
+      <c r="O201" t="s">
+        <v>27</v>
+      </c>
+      <c r="P201" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="202" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A202" t="s">
+        <v>17</v>
+      </c>
+      <c r="B202" t="s">
+        <v>273</v>
+      </c>
+      <c r="C202" t="s">
+        <v>274</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E202" t="s">
+        <v>273</v>
+      </c>
+      <c r="F202" t="s">
+        <v>22</v>
+      </c>
+      <c r="G202" t="s">
+        <v>275</v>
+      </c>
+      <c r="J202" t="s">
+        <v>24</v>
+      </c>
+      <c r="M202" t="s">
+        <v>25</v>
+      </c>
+      <c r="N202" t="s">
+        <v>26</v>
+      </c>
+      <c r="O202" t="s">
+        <v>27</v>
+      </c>
+      <c r="P202" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="203" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A203" t="s">
+        <v>17</v>
+      </c>
+      <c r="B203" t="s">
+        <v>273</v>
+      </c>
+      <c r="C203" t="s">
+        <v>274</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E203" t="s">
+        <v>273</v>
+      </c>
+      <c r="F203" t="s">
+        <v>22</v>
+      </c>
+      <c r="G203" t="s">
+        <v>275</v>
+      </c>
+      <c r="J203" t="s">
+        <v>24</v>
+      </c>
+      <c r="M203" t="s">
+        <v>25</v>
+      </c>
+      <c r="N203" t="s">
+        <v>26</v>
+      </c>
+      <c r="O203" t="s">
+        <v>27</v>
+      </c>
+      <c r="P203" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="204" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A204" t="s">
+        <v>17</v>
+      </c>
+      <c r="B204" t="s">
+        <v>276</v>
+      </c>
+      <c r="C204" t="s">
+        <v>277</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="E204" t="s">
+        <v>278</v>
+      </c>
+      <c r="F204" t="s">
+        <v>22</v>
+      </c>
+      <c r="G204" t="s">
+        <v>279</v>
+      </c>
+      <c r="J204" t="s">
+        <v>24</v>
+      </c>
+      <c r="M204" t="s">
+        <v>25</v>
+      </c>
+      <c r="N204" t="s">
+        <v>26</v>
+      </c>
+      <c r="O204" t="s">
+        <v>27</v>
+      </c>
+      <c r="P204" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="205" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A205" t="s">
+        <v>17</v>
+      </c>
+      <c r="B205" t="s">
+        <v>276</v>
+      </c>
+      <c r="C205" t="s">
+        <v>277</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E205" t="s">
+        <v>280</v>
+      </c>
+      <c r="F205" t="s">
+        <v>22</v>
+      </c>
+      <c r="G205" t="s">
+        <v>281</v>
+      </c>
+      <c r="J205" t="s">
+        <v>24</v>
+      </c>
+      <c r="M205" t="s">
+        <v>25</v>
+      </c>
+      <c r="N205" t="s">
+        <v>26</v>
+      </c>
+      <c r="O205" t="s">
+        <v>27</v>
+      </c>
+      <c r="P205" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="206" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A206" t="s">
+        <v>17</v>
+      </c>
+      <c r="B206" t="s">
+        <v>276</v>
+      </c>
+      <c r="C206" t="s">
+        <v>277</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E206" t="s">
+        <v>282</v>
+      </c>
+      <c r="F206" t="s">
+        <v>22</v>
+      </c>
+      <c r="G206" t="s">
+        <v>283</v>
+      </c>
+      <c r="J206" t="s">
+        <v>24</v>
+      </c>
+      <c r="M206" t="s">
+        <v>25</v>
+      </c>
+      <c r="N206" t="s">
+        <v>26</v>
+      </c>
+      <c r="O206" t="s">
+        <v>27</v>
+      </c>
+      <c r="P206" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="207" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A207" t="s">
+        <v>17</v>
+      </c>
+      <c r="B207" t="s">
+        <v>284</v>
+      </c>
+      <c r="C207" t="s">
+        <v>285</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E207" t="s">
+        <v>284</v>
+      </c>
+      <c r="F207" t="s">
+        <v>22</v>
+      </c>
+      <c r="G207" t="s">
+        <v>286</v>
+      </c>
+      <c r="J207" t="s">
+        <v>24</v>
+      </c>
+      <c r="M207" t="s">
+        <v>25</v>
+      </c>
+      <c r="N207" t="s">
+        <v>26</v>
+      </c>
+      <c r="O207" t="s">
+        <v>27</v>
+      </c>
+      <c r="P207" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="208" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A208" t="s">
+        <v>17</v>
+      </c>
+      <c r="B208" t="s">
+        <v>287</v>
+      </c>
+      <c r="C208" t="s">
+        <v>288</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="E208" t="s">
+        <v>289</v>
+      </c>
+      <c r="F208" t="s">
+        <v>22</v>
+      </c>
+      <c r="G208" t="s">
+        <v>290</v>
+      </c>
+      <c r="J208" t="s">
+        <v>24</v>
+      </c>
+      <c r="M208" t="s">
+        <v>25</v>
+      </c>
+      <c r="N208" t="s">
+        <v>26</v>
+      </c>
+      <c r="O208" t="s">
+        <v>27</v>
+      </c>
+      <c r="P208" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="209" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A209" t="s">
+        <v>17</v>
+      </c>
+      <c r="B209" t="s">
+        <v>287</v>
+      </c>
+      <c r="C209" t="s">
+        <v>288</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="E209" t="s">
+        <v>289</v>
+      </c>
+      <c r="F209" t="s">
+        <v>22</v>
+      </c>
+      <c r="G209" t="s">
+        <v>290</v>
+      </c>
+      <c r="J209" t="s">
+        <v>24</v>
+      </c>
+      <c r="M209" t="s">
+        <v>25</v>
+      </c>
+      <c r="N209" t="s">
+        <v>26</v>
+      </c>
+      <c r="O209" t="s">
+        <v>27</v>
+      </c>
+      <c r="P209" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="210" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A210" t="s">
+        <v>17</v>
+      </c>
+      <c r="B210" t="s">
+        <v>287</v>
+      </c>
+      <c r="C210" t="s">
+        <v>288</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E210" t="s">
+        <v>287</v>
+      </c>
+      <c r="F210" t="s">
+        <v>22</v>
+      </c>
+      <c r="G210" t="s">
+        <v>291</v>
+      </c>
+      <c r="J210" t="s">
+        <v>24</v>
+      </c>
+      <c r="M210" t="s">
+        <v>25</v>
+      </c>
+      <c r="N210" t="s">
+        <v>26</v>
+      </c>
+      <c r="O210" t="s">
+        <v>27</v>
+      </c>
+      <c r="P210" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="211" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A211" t="s">
+        <v>17</v>
+      </c>
+      <c r="B211" t="s">
+        <v>287</v>
+      </c>
+      <c r="C211" t="s">
+        <v>288</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E211" t="s">
+        <v>292</v>
+      </c>
+      <c r="F211" t="s">
+        <v>22</v>
+      </c>
+      <c r="G211" t="s">
+        <v>293</v>
+      </c>
+      <c r="J211" t="s">
+        <v>24</v>
+      </c>
+      <c r="M211" t="s">
+        <v>25</v>
+      </c>
+      <c r="N211" t="s">
+        <v>26</v>
+      </c>
+      <c r="O211" t="s">
+        <v>27</v>
+      </c>
+      <c r="P211" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="212" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A212" t="s">
+        <v>17</v>
+      </c>
+      <c r="B212" t="s">
+        <v>294</v>
+      </c>
+      <c r="C212" t="s">
+        <v>295</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E212" t="s">
+        <v>296</v>
+      </c>
+      <c r="F212" t="s">
+        <v>22</v>
+      </c>
+      <c r="G212" t="s">
+        <v>297</v>
+      </c>
+      <c r="J212" t="s">
+        <v>24</v>
+      </c>
+      <c r="M212" t="s">
+        <v>25</v>
+      </c>
+      <c r="N212" t="s">
+        <v>26</v>
+      </c>
+      <c r="O212" t="s">
+        <v>27</v>
+      </c>
+      <c r="P212" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="213" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A213" t="s">
+        <v>17</v>
+      </c>
+      <c r="B213" t="s">
+        <v>294</v>
+      </c>
+      <c r="C213" t="s">
+        <v>295</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="E213" t="s">
+        <v>298</v>
+      </c>
+      <c r="F213" t="s">
+        <v>22</v>
+      </c>
+      <c r="G213" t="s">
+        <v>299</v>
+      </c>
+      <c r="J213" t="s">
+        <v>24</v>
+      </c>
+      <c r="M213" t="s">
+        <v>25</v>
+      </c>
+      <c r="N213" t="s">
+        <v>26</v>
+      </c>
+      <c r="O213" t="s">
+        <v>27</v>
+      </c>
+      <c r="P213" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="214" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A214" t="s">
+        <v>17</v>
+      </c>
+      <c r="B214" t="s">
+        <v>294</v>
+      </c>
+      <c r="C214" t="s">
+        <v>295</v>
+      </c>
+      <c r="D214" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E214" t="s">
+        <v>294</v>
+      </c>
+      <c r="F214" t="s">
+        <v>22</v>
+      </c>
+      <c r="G214" t="s">
+        <v>300</v>
+      </c>
+      <c r="J214" t="s">
+        <v>24</v>
+      </c>
+      <c r="M214" t="s">
+        <v>25</v>
+      </c>
+      <c r="N214" t="s">
+        <v>26</v>
+      </c>
+      <c r="O214" t="s">
+        <v>27</v>
+      </c>
+      <c r="P214" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="215" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A215" t="s">
+        <v>17</v>
+      </c>
+      <c r="B215" t="s">
+        <v>294</v>
+      </c>
+      <c r="C215" t="s">
+        <v>295</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="E215" t="s">
+        <v>298</v>
+      </c>
+      <c r="F215" t="s">
+        <v>22</v>
+      </c>
+      <c r="G215" t="s">
+        <v>299</v>
+      </c>
+      <c r="J215" t="s">
+        <v>24</v>
+      </c>
+      <c r="M215" t="s">
+        <v>25</v>
+      </c>
+      <c r="N215" t="s">
+        <v>26</v>
+      </c>
+      <c r="O215" t="s">
+        <v>27</v>
+      </c>
+      <c r="P215" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="216" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A216" t="s">
+        <v>17</v>
+      </c>
+      <c r="B216" t="s">
+        <v>301</v>
+      </c>
+      <c r="C216" t="s">
+        <v>302</v>
+      </c>
+      <c r="D216" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E216" t="s">
+        <v>303</v>
+      </c>
+      <c r="F216" t="s">
+        <v>22</v>
+      </c>
+      <c r="G216" t="s">
+        <v>304</v>
+      </c>
+      <c r="J216" t="s">
+        <v>24</v>
+      </c>
+      <c r="M216" t="s">
+        <v>25</v>
+      </c>
+      <c r="N216" t="s">
+        <v>26</v>
+      </c>
+      <c r="O216" t="s">
+        <v>27</v>
+      </c>
+      <c r="P216" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="217" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A217" t="s">
+        <v>17</v>
+      </c>
+      <c r="B217" t="s">
+        <v>301</v>
+      </c>
+      <c r="C217" t="s">
+        <v>302</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E217" t="s">
+        <v>303</v>
+      </c>
+      <c r="F217" t="s">
+        <v>22</v>
+      </c>
+      <c r="G217" t="s">
+        <v>304</v>
+      </c>
+      <c r="J217" t="s">
+        <v>24</v>
+      </c>
+      <c r="M217" t="s">
+        <v>25</v>
+      </c>
+      <c r="N217" t="s">
+        <v>26</v>
+      </c>
+      <c r="O217" t="s">
+        <v>27</v>
+      </c>
+      <c r="P217" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="218" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A218" t="s">
+        <v>17</v>
+      </c>
+      <c r="B218" t="s">
+        <v>301</v>
+      </c>
+      <c r="C218" t="s">
+        <v>302</v>
+      </c>
+      <c r="D218" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E218" t="s">
+        <v>303</v>
+      </c>
+      <c r="F218" t="s">
+        <v>22</v>
+      </c>
+      <c r="G218" t="s">
+        <v>304</v>
+      </c>
+      <c r="J218" t="s">
+        <v>24</v>
+      </c>
+      <c r="M218" t="s">
+        <v>25</v>
+      </c>
+      <c r="N218" t="s">
+        <v>26</v>
+      </c>
+      <c r="O218" t="s">
+        <v>27</v>
+      </c>
+      <c r="P218" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="219" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A219" t="s">
+        <v>17</v>
+      </c>
+      <c r="B219" t="s">
+        <v>305</v>
+      </c>
+      <c r="C219" t="s">
+        <v>306</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E219" t="s">
+        <v>307</v>
+      </c>
+      <c r="F219" t="s">
+        <v>22</v>
+      </c>
+      <c r="G219" t="s">
+        <v>308</v>
+      </c>
+      <c r="I219" t="s">
         <v>42</v>
       </c>
-      <c r="D179" t="s">
-[...206 lines deleted...]
-      <c r="C185" s="1" t="s">
+      <c r="J219" t="s">
+        <v>36</v>
+      </c>
+      <c r="M219" t="s">
+        <v>25</v>
+      </c>
+      <c r="N219" t="s">
+        <v>26</v>
+      </c>
+      <c r="O219" t="s">
+        <v>37</v>
+      </c>
+      <c r="P219" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="220" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A220" t="s">
+        <v>17</v>
+      </c>
+      <c r="B220" t="s">
+        <v>305</v>
+      </c>
+      <c r="C220" t="s">
+        <v>306</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E220" t="s">
+        <v>309</v>
+      </c>
+      <c r="F220" t="s">
+        <v>22</v>
+      </c>
+      <c r="G220" t="s">
+        <v>310</v>
+      </c>
+      <c r="I220" t="s">
+        <v>42</v>
+      </c>
+      <c r="J220" t="s">
+        <v>36</v>
+      </c>
+      <c r="M220" t="s">
+        <v>25</v>
+      </c>
+      <c r="N220" t="s">
+        <v>26</v>
+      </c>
+      <c r="O220" t="s">
+        <v>37</v>
+      </c>
+      <c r="P220" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="221" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A221" t="s">
+        <v>17</v>
+      </c>
+      <c r="B221" t="s">
+        <v>305</v>
+      </c>
+      <c r="C221" t="s">
+        <v>306</v>
+      </c>
+      <c r="D221" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="D185" t="s">
-[...778 lines deleted...]
-      <c r="H207" t="s">
+      <c r="E221" t="s">
+        <v>311</v>
+      </c>
+      <c r="F221" t="s">
+        <v>22</v>
+      </c>
+      <c r="G221" t="s">
+        <v>312</v>
+      </c>
+      <c r="I221" t="s">
+        <v>35</v>
+      </c>
+      <c r="J221" t="s">
         <v>38</v>
       </c>
-      <c r="I207" t="s">
-[...8 lines deleted...]
-      <c r="N207" t="s">
+      <c r="M221" t="s">
+        <v>25</v>
+      </c>
+      <c r="N221" t="s">
+        <v>26</v>
+      </c>
+      <c r="O221" t="s">
+        <v>37</v>
+      </c>
+      <c r="P221" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="222" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A222" t="s">
+        <v>17</v>
+      </c>
+      <c r="B222" t="s">
+        <v>305</v>
+      </c>
+      <c r="C222" t="s">
+        <v>306</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E222" t="s">
+        <v>313</v>
+      </c>
+      <c r="F222" t="s">
+        <v>22</v>
+      </c>
+      <c r="G222" t="s">
+        <v>314</v>
+      </c>
+      <c r="I222" t="s">
         <v>35</v>
       </c>
-      <c r="O207" t="s">
-[...34 lines deleted...]
-      <c r="N208" t="s">
+      <c r="J222" t="s">
+        <v>36</v>
+      </c>
+      <c r="M222" t="s">
+        <v>25</v>
+      </c>
+      <c r="N222" t="s">
+        <v>26</v>
+      </c>
+      <c r="O222" t="s">
+        <v>37</v>
+      </c>
+      <c r="P222" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="223" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A223" t="s">
+        <v>17</v>
+      </c>
+      <c r="B223" t="s">
+        <v>305</v>
+      </c>
+      <c r="C223" t="s">
+        <v>306</v>
+      </c>
+      <c r="D223" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="E223" t="s">
+        <v>311</v>
+      </c>
+      <c r="F223" t="s">
+        <v>22</v>
+      </c>
+      <c r="G223" t="s">
+        <v>312</v>
+      </c>
+      <c r="I223" t="s">
         <v>35</v>
       </c>
-      <c r="O208" t="s">
-[...534 lines deleted...]
-        <v>22</v>
+      <c r="J223" t="s">
+        <v>36</v>
       </c>
       <c r="M223" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N223" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="O223" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:15" x14ac:dyDescent="0.55000000000000004">
+        <v>37</v>
+      </c>
+      <c r="P223" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="224" spans="1:16" x14ac:dyDescent="0.55000000000000004">
       <c r="A224" t="s">
-        <v>304</v>
+        <v>17</v>
       </c>
       <c r="B224" t="s">
         <v>305</v>
       </c>
-      <c r="C224" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D224" t="s">
+      <c r="C224" t="s">
         <v>306</v>
       </c>
+      <c r="D224" s="1" t="s">
+        <v>45</v>
+      </c>
       <c r="E224" t="s">
-        <v>19</v>
+        <v>313</v>
       </c>
       <c r="F224" t="s">
-        <v>307</v>
+        <v>22</v>
+      </c>
+      <c r="G224" t="s">
+        <v>314</v>
       </c>
       <c r="I224" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>35</v>
+      </c>
+      <c r="J224" t="s">
+        <v>38</v>
       </c>
       <c r="M224" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N224" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="O224" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:15" x14ac:dyDescent="0.55000000000000004">
+        <v>37</v>
+      </c>
+      <c r="P224" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="225" spans="1:16" x14ac:dyDescent="0.55000000000000004">
       <c r="A225" t="s">
-        <v>304</v>
+        <v>17</v>
       </c>
       <c r="B225" t="s">
         <v>305</v>
       </c>
-      <c r="C225" s="1" t="s">
-[...3 lines deleted...]
-        <v>308</v>
+      <c r="C225" t="s">
+        <v>306</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>69</v>
       </c>
       <c r="E225" t="s">
-        <v>19</v>
+        <v>315</v>
       </c>
       <c r="F225" t="s">
-        <v>307</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>22</v>
+      </c>
+      <c r="G225" t="s">
+        <v>316</v>
+      </c>
+      <c r="J225" t="s">
+        <v>24</v>
       </c>
       <c r="M225" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N225" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="O225" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:15" x14ac:dyDescent="0.55000000000000004">
+        <v>27</v>
+      </c>
+      <c r="P225" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="226" spans="1:16" x14ac:dyDescent="0.55000000000000004">
       <c r="A226" t="s">
-        <v>304</v>
+        <v>17</v>
       </c>
       <c r="B226" t="s">
         <v>305</v>
       </c>
-      <c r="C226" s="1" t="s">
-[...3 lines deleted...]
-        <v>309</v>
+      <c r="C226" t="s">
+        <v>306</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>108</v>
       </c>
       <c r="E226" t="s">
-        <v>19</v>
+        <v>317</v>
       </c>
       <c r="F226" t="s">
-        <v>307</v>
-[...8 lines deleted...]
-        <v>22</v>
+        <v>22</v>
+      </c>
+      <c r="G226" t="s">
+        <v>316</v>
+      </c>
+      <c r="J226" t="s">
+        <v>24</v>
       </c>
       <c r="M226" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N226" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="O226" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:15" x14ac:dyDescent="0.55000000000000004">
+        <v>27</v>
+      </c>
+      <c r="P226" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="227" spans="1:16" x14ac:dyDescent="0.55000000000000004">
       <c r="A227" t="s">
-        <v>304</v>
+        <v>17</v>
       </c>
       <c r="B227" t="s">
         <v>305</v>
       </c>
-      <c r="C227" s="1" t="s">
+      <c r="C227" t="s">
+        <v>306</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E227" t="s">
+        <v>307</v>
+      </c>
+      <c r="F227" t="s">
+        <v>22</v>
+      </c>
+      <c r="G227" t="s">
+        <v>308</v>
+      </c>
+      <c r="I227" t="s">
         <v>42</v>
       </c>
-      <c r="D227" t="s">
-[...15 lines deleted...]
-        <v>22</v>
+      <c r="J227" t="s">
+        <v>202</v>
       </c>
       <c r="M227" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N227" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="O227" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="228" spans="1:15" x14ac:dyDescent="0.55000000000000004">
+        <v>37</v>
+      </c>
+      <c r="P227" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="228" spans="1:16" x14ac:dyDescent="0.55000000000000004">
       <c r="A228" t="s">
-        <v>304</v>
+        <v>17</v>
       </c>
       <c r="B228" t="s">
         <v>305</v>
       </c>
-      <c r="C228" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D228" t="s">
+      <c r="C228" t="s">
         <v>306</v>
       </c>
+      <c r="D228" s="1" t="s">
+        <v>108</v>
+      </c>
       <c r="E228" t="s">
-        <v>19</v>
+        <v>317</v>
       </c>
       <c r="F228" t="s">
-        <v>307</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>22</v>
+      </c>
+      <c r="G228" t="s">
+        <v>316</v>
+      </c>
+      <c r="J228" t="s">
+        <v>24</v>
       </c>
       <c r="M228" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N228" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="O228" t="s">
         <v>27</v>
       </c>
-    </row>
-    <row r="229" spans="1:15" x14ac:dyDescent="0.55000000000000004">
+      <c r="P228" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="229" spans="1:16" x14ac:dyDescent="0.55000000000000004">
       <c r="A229" t="s">
-        <v>304</v>
+        <v>17</v>
       </c>
       <c r="B229" t="s">
         <v>305</v>
       </c>
-      <c r="C229" s="1" t="s">
-[...3 lines deleted...]
-        <v>309</v>
+      <c r="C229" t="s">
+        <v>306</v>
+      </c>
+      <c r="D229" s="1" t="s">
+        <v>108</v>
       </c>
       <c r="E229" t="s">
-        <v>19</v>
+        <v>317</v>
       </c>
       <c r="F229" t="s">
-        <v>307</v>
-[...8 lines deleted...]
-        <v>22</v>
+        <v>22</v>
+      </c>
+      <c r="G229" t="s">
+        <v>316</v>
+      </c>
+      <c r="J229" t="s">
+        <v>24</v>
       </c>
       <c r="M229" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N229" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="O229" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="230" spans="1:15" x14ac:dyDescent="0.55000000000000004">
+        <v>27</v>
+      </c>
+      <c r="P229" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="230" spans="1:16" x14ac:dyDescent="0.55000000000000004">
       <c r="A230" t="s">
-        <v>304</v>
+        <v>17</v>
       </c>
       <c r="B230" t="s">
         <v>305</v>
       </c>
-      <c r="C230" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D230" t="s">
+      <c r="C230" t="s">
         <v>306</v>
       </c>
+      <c r="D230" s="1" t="s">
+        <v>39</v>
+      </c>
       <c r="E230" t="s">
-        <v>19</v>
+        <v>309</v>
       </c>
       <c r="F230" t="s">
-        <v>307</v>
+        <v>22</v>
+      </c>
+      <c r="G230" t="s">
+        <v>310</v>
       </c>
       <c r="I230" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>42</v>
+      </c>
+      <c r="J230" t="s">
+        <v>202</v>
       </c>
       <c r="M230" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N230" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="O230" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="231" spans="1:15" x14ac:dyDescent="0.55000000000000004">
+        <v>37</v>
+      </c>
+      <c r="P230" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="231" spans="1:16" x14ac:dyDescent="0.55000000000000004">
       <c r="A231" t="s">
-        <v>304</v>
+        <v>17</v>
       </c>
       <c r="B231" t="s">
         <v>305</v>
       </c>
-      <c r="C231" s="1" t="s">
-[...3 lines deleted...]
-        <v>310</v>
+      <c r="C231" t="s">
+        <v>306</v>
+      </c>
+      <c r="D231" s="1" t="s">
+        <v>69</v>
       </c>
       <c r="E231" t="s">
-        <v>19</v>
+        <v>315</v>
       </c>
       <c r="F231" t="s">
-        <v>307</v>
-[...8 lines deleted...]
-        <v>22</v>
+        <v>22</v>
+      </c>
+      <c r="G231" t="s">
+        <v>316</v>
+      </c>
+      <c r="J231" t="s">
+        <v>24</v>
       </c>
       <c r="M231" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N231" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="O231" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="232" spans="1:15" x14ac:dyDescent="0.55000000000000004">
+        <v>27</v>
+      </c>
+      <c r="P231" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="232" spans="1:16" x14ac:dyDescent="0.55000000000000004">
       <c r="A232" t="s">
-        <v>304</v>
+        <v>17</v>
       </c>
       <c r="B232" t="s">
         <v>305</v>
       </c>
-      <c r="C232" s="1" t="s">
-[...3 lines deleted...]
-        <v>308</v>
+      <c r="C232" t="s">
+        <v>306</v>
+      </c>
+      <c r="D232" s="1" t="s">
+        <v>69</v>
       </c>
       <c r="E232" t="s">
-        <v>19</v>
+        <v>315</v>
       </c>
       <c r="F232" t="s">
-        <v>307</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>22</v>
+      </c>
+      <c r="G232" t="s">
+        <v>316</v>
+      </c>
+      <c r="J232" t="s">
+        <v>24</v>
       </c>
       <c r="M232" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N232" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="O232" t="s">
         <v>27</v>
       </c>
-    </row>
-    <row r="233" spans="1:15" x14ac:dyDescent="0.55000000000000004">
+      <c r="P232" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="233" spans="1:16" x14ac:dyDescent="0.55000000000000004">
       <c r="A233" t="s">
-        <v>304</v>
+        <v>17</v>
       </c>
       <c r="B233" t="s">
-        <v>305</v>
-[...5 lines deleted...]
-        <v>308</v>
+        <v>318</v>
+      </c>
+      <c r="C233" t="s">
+        <v>319</v>
+      </c>
+      <c r="D233" s="1" t="s">
+        <v>20</v>
       </c>
       <c r="E233" t="s">
-        <v>19</v>
+        <v>318</v>
       </c>
       <c r="F233" t="s">
-        <v>307</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>22</v>
+      </c>
+      <c r="G233" t="s">
+        <v>320</v>
+      </c>
+      <c r="J233" t="s">
+        <v>24</v>
       </c>
       <c r="M233" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N233" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="O233" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="234" spans="1:15" x14ac:dyDescent="0.55000000000000004">
+        <v>27</v>
+      </c>
+      <c r="P233" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="234" spans="1:16" x14ac:dyDescent="0.55000000000000004">
       <c r="A234" t="s">
-        <v>311</v>
+        <v>17</v>
       </c>
       <c r="B234" t="s">
-        <v>312</v>
-[...1 lines deleted...]
-      <c r="C234" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="C234" t="s">
+        <v>319</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E234" t="s">
+        <v>318</v>
+      </c>
+      <c r="F234" t="s">
+        <v>22</v>
+      </c>
+      <c r="G234" t="s">
+        <v>320</v>
+      </c>
+      <c r="J234" t="s">
+        <v>24</v>
+      </c>
+      <c r="M234" t="s">
+        <v>25</v>
+      </c>
+      <c r="N234" t="s">
+        <v>26</v>
+      </c>
+      <c r="O234" t="s">
+        <v>27</v>
+      </c>
+      <c r="P234" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="235" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A235" t="s">
+        <v>17</v>
+      </c>
+      <c r="B235" t="s">
+        <v>318</v>
+      </c>
+      <c r="C235" t="s">
+        <v>319</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E235" t="s">
+        <v>318</v>
+      </c>
+      <c r="F235" t="s">
+        <v>22</v>
+      </c>
+      <c r="G235" t="s">
+        <v>320</v>
+      </c>
+      <c r="J235" t="s">
+        <v>24</v>
+      </c>
+      <c r="M235" t="s">
+        <v>25</v>
+      </c>
+      <c r="N235" t="s">
+        <v>26</v>
+      </c>
+      <c r="O235" t="s">
+        <v>27</v>
+      </c>
+      <c r="P235" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="236" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A236" t="s">
+        <v>17</v>
+      </c>
+      <c r="B236" t="s">
+        <v>321</v>
+      </c>
+      <c r="C236" t="s">
+        <v>322</v>
+      </c>
+      <c r="D236" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E236" t="s">
+        <v>323</v>
+      </c>
+      <c r="F236" t="s">
+        <v>22</v>
+      </c>
+      <c r="G236" t="s">
+        <v>324</v>
+      </c>
+      <c r="J236" t="s">
+        <v>24</v>
+      </c>
+      <c r="M236" t="s">
+        <v>25</v>
+      </c>
+      <c r="N236" t="s">
+        <v>26</v>
+      </c>
+      <c r="O236" t="s">
+        <v>27</v>
+      </c>
+      <c r="P236" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="237" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A237" t="s">
+        <v>17</v>
+      </c>
+      <c r="B237" t="s">
+        <v>321</v>
+      </c>
+      <c r="C237" t="s">
+        <v>322</v>
+      </c>
+      <c r="D237" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="E237" t="s">
+        <v>325</v>
+      </c>
+      <c r="F237" t="s">
+        <v>22</v>
+      </c>
+      <c r="G237" t="s">
+        <v>324</v>
+      </c>
+      <c r="J237" t="s">
+        <v>24</v>
+      </c>
+      <c r="M237" t="s">
+        <v>25</v>
+      </c>
+      <c r="N237" t="s">
+        <v>26</v>
+      </c>
+      <c r="O237" t="s">
+        <v>27</v>
+      </c>
+      <c r="P237" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="238" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A238" t="s">
+        <v>17</v>
+      </c>
+      <c r="B238" t="s">
+        <v>321</v>
+      </c>
+      <c r="C238" t="s">
+        <v>322</v>
+      </c>
+      <c r="D238" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E238" t="s">
+        <v>326</v>
+      </c>
+      <c r="F238" t="s">
+        <v>22</v>
+      </c>
+      <c r="G238" t="s">
+        <v>324</v>
+      </c>
+      <c r="I238" t="s">
+        <v>35</v>
+      </c>
+      <c r="J238" t="s">
+        <v>38</v>
+      </c>
+      <c r="M238" t="s">
+        <v>25</v>
+      </c>
+      <c r="N238" t="s">
+        <v>26</v>
+      </c>
+      <c r="O238" t="s">
+        <v>37</v>
+      </c>
+      <c r="P238" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="239" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A239" t="s">
+        <v>17</v>
+      </c>
+      <c r="B239" t="s">
+        <v>321</v>
+      </c>
+      <c r="C239" t="s">
+        <v>322</v>
+      </c>
+      <c r="D239" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E239" t="s">
+        <v>327</v>
+      </c>
+      <c r="F239" t="s">
+        <v>22</v>
+      </c>
+      <c r="G239" t="s">
+        <v>324</v>
+      </c>
+      <c r="I239" t="s">
         <v>42</v>
       </c>
-      <c r="D234" t="s">
-[...31 lines deleted...]
-      <c r="C235" s="1" t="s">
+      <c r="J239" t="s">
+        <v>202</v>
+      </c>
+      <c r="M239" t="s">
+        <v>25</v>
+      </c>
+      <c r="N239" t="s">
+        <v>26</v>
+      </c>
+      <c r="O239" t="s">
+        <v>37</v>
+      </c>
+      <c r="P239" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="240" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A240" t="s">
+        <v>17</v>
+      </c>
+      <c r="B240" t="s">
+        <v>321</v>
+      </c>
+      <c r="C240" t="s">
+        <v>322</v>
+      </c>
+      <c r="D240" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="D235" t="s">
-[...43 lines deleted...]
-      <c r="H236" t="s">
+      <c r="E240" t="s">
+        <v>325</v>
+      </c>
+      <c r="F240" t="s">
+        <v>22</v>
+      </c>
+      <c r="G240" t="s">
+        <v>324</v>
+      </c>
+      <c r="J240" t="s">
+        <v>24</v>
+      </c>
+      <c r="M240" t="s">
+        <v>25</v>
+      </c>
+      <c r="N240" t="s">
+        <v>26</v>
+      </c>
+      <c r="O240" t="s">
+        <v>27</v>
+      </c>
+      <c r="P240" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="241" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A241" t="s">
+        <v>17</v>
+      </c>
+      <c r="B241" t="s">
+        <v>321</v>
+      </c>
+      <c r="C241" t="s">
+        <v>322</v>
+      </c>
+      <c r="D241" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E241" t="s">
+        <v>323</v>
+      </c>
+      <c r="F241" t="s">
+        <v>22</v>
+      </c>
+      <c r="G241" t="s">
+        <v>324</v>
+      </c>
+      <c r="J241" t="s">
+        <v>24</v>
+      </c>
+      <c r="M241" t="s">
+        <v>25</v>
+      </c>
+      <c r="N241" t="s">
+        <v>26</v>
+      </c>
+      <c r="O241" t="s">
+        <v>27</v>
+      </c>
+      <c r="P241" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="242" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A242" t="s">
+        <v>17</v>
+      </c>
+      <c r="B242" t="s">
+        <v>321</v>
+      </c>
+      <c r="C242" t="s">
+        <v>322</v>
+      </c>
+      <c r="D242" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E242" t="s">
+        <v>327</v>
+      </c>
+      <c r="F242" t="s">
+        <v>22</v>
+      </c>
+      <c r="G242" t="s">
+        <v>324</v>
+      </c>
+      <c r="I242" t="s">
+        <v>42</v>
+      </c>
+      <c r="J242" t="s">
+        <v>36</v>
+      </c>
+      <c r="M242" t="s">
+        <v>25</v>
+      </c>
+      <c r="N242" t="s">
+        <v>26</v>
+      </c>
+      <c r="O242" t="s">
+        <v>37</v>
+      </c>
+      <c r="P242" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="243" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A243" t="s">
+        <v>17</v>
+      </c>
+      <c r="B243" t="s">
+        <v>321</v>
+      </c>
+      <c r="C243" t="s">
+        <v>322</v>
+      </c>
+      <c r="D243" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E243" t="s">
+        <v>323</v>
+      </c>
+      <c r="F243" t="s">
+        <v>22</v>
+      </c>
+      <c r="G243" t="s">
+        <v>324</v>
+      </c>
+      <c r="J243" t="s">
+        <v>24</v>
+      </c>
+      <c r="M243" t="s">
+        <v>25</v>
+      </c>
+      <c r="N243" t="s">
+        <v>26</v>
+      </c>
+      <c r="O243" t="s">
+        <v>27</v>
+      </c>
+      <c r="P243" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="244" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A244" t="s">
+        <v>17</v>
+      </c>
+      <c r="B244" t="s">
+        <v>321</v>
+      </c>
+      <c r="C244" t="s">
+        <v>322</v>
+      </c>
+      <c r="D244" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="E244" t="s">
+        <v>325</v>
+      </c>
+      <c r="F244" t="s">
+        <v>22</v>
+      </c>
+      <c r="G244" t="s">
+        <v>324</v>
+      </c>
+      <c r="J244" t="s">
+        <v>24</v>
+      </c>
+      <c r="M244" t="s">
+        <v>25</v>
+      </c>
+      <c r="N244" t="s">
+        <v>26</v>
+      </c>
+      <c r="O244" t="s">
+        <v>27</v>
+      </c>
+      <c r="P244" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="245" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A245" t="s">
+        <v>17</v>
+      </c>
+      <c r="B245" t="s">
+        <v>321</v>
+      </c>
+      <c r="C245" t="s">
+        <v>322</v>
+      </c>
+      <c r="D245" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E245" t="s">
+        <v>326</v>
+      </c>
+      <c r="F245" t="s">
+        <v>22</v>
+      </c>
+      <c r="G245" t="s">
+        <v>324</v>
+      </c>
+      <c r="I245" t="s">
+        <v>35</v>
+      </c>
+      <c r="J245" t="s">
+        <v>36</v>
+      </c>
+      <c r="M245" t="s">
+        <v>25</v>
+      </c>
+      <c r="N245" t="s">
+        <v>26</v>
+      </c>
+      <c r="O245" t="s">
+        <v>37</v>
+      </c>
+      <c r="P245" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="246" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A246" t="s">
+        <v>17</v>
+      </c>
+      <c r="B246" t="s">
+        <v>328</v>
+      </c>
+      <c r="C246" t="s">
+        <v>329</v>
+      </c>
+      <c r="D246" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="E246" t="s">
+        <v>330</v>
+      </c>
+      <c r="F246" t="s">
+        <v>22</v>
+      </c>
+      <c r="G246" t="s">
+        <v>331</v>
+      </c>
+      <c r="I246" t="s">
+        <v>35</v>
+      </c>
+      <c r="J246" t="s">
         <v>38</v>
       </c>
-      <c r="I236" t="s">
-[...8 lines deleted...]
-      <c r="N236" t="s">
+      <c r="M246" t="s">
+        <v>25</v>
+      </c>
+      <c r="N246" t="s">
+        <v>26</v>
+      </c>
+      <c r="O246" t="s">
+        <v>37</v>
+      </c>
+      <c r="P246" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="247" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A247" t="s">
+        <v>17</v>
+      </c>
+      <c r="B247" t="s">
+        <v>328</v>
+      </c>
+      <c r="C247" t="s">
+        <v>329</v>
+      </c>
+      <c r="D247" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E247" t="s">
+        <v>332</v>
+      </c>
+      <c r="F247" t="s">
+        <v>22</v>
+      </c>
+      <c r="G247" t="s">
+        <v>333</v>
+      </c>
+      <c r="I247" t="s">
+        <v>42</v>
+      </c>
+      <c r="J247" t="s">
+        <v>36</v>
+      </c>
+      <c r="M247" t="s">
+        <v>25</v>
+      </c>
+      <c r="N247" t="s">
+        <v>26</v>
+      </c>
+      <c r="O247" t="s">
+        <v>37</v>
+      </c>
+      <c r="P247" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="248" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A248" t="s">
+        <v>17</v>
+      </c>
+      <c r="B248" t="s">
+        <v>328</v>
+      </c>
+      <c r="C248" t="s">
+        <v>329</v>
+      </c>
+      <c r="D248" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E248" t="s">
+        <v>334</v>
+      </c>
+      <c r="F248" t="s">
+        <v>22</v>
+      </c>
+      <c r="G248" t="s">
+        <v>335</v>
+      </c>
+      <c r="I248" t="s">
         <v>35</v>
       </c>
-      <c r="O236" t="s">
-[...34 lines deleted...]
-      <c r="N237" t="s">
+      <c r="J248" t="s">
+        <v>38</v>
+      </c>
+      <c r="M248" t="s">
+        <v>25</v>
+      </c>
+      <c r="N248" t="s">
+        <v>26</v>
+      </c>
+      <c r="O248" t="s">
+        <v>37</v>
+      </c>
+      <c r="P248" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="249" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A249" t="s">
+        <v>17</v>
+      </c>
+      <c r="B249" t="s">
+        <v>328</v>
+      </c>
+      <c r="C249" t="s">
+        <v>329</v>
+      </c>
+      <c r="D249" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="E249" t="s">
+        <v>336</v>
+      </c>
+      <c r="F249" t="s">
+        <v>22</v>
+      </c>
+      <c r="G249" t="s">
+        <v>337</v>
+      </c>
+      <c r="J249" t="s">
+        <v>24</v>
+      </c>
+      <c r="M249" t="s">
+        <v>25</v>
+      </c>
+      <c r="N249" t="s">
+        <v>26</v>
+      </c>
+      <c r="O249" t="s">
+        <v>27</v>
+      </c>
+      <c r="P249" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="250" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A250" t="s">
+        <v>17</v>
+      </c>
+      <c r="B250" t="s">
+        <v>328</v>
+      </c>
+      <c r="C250" t="s">
+        <v>329</v>
+      </c>
+      <c r="D250" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="E250" t="s">
+        <v>330</v>
+      </c>
+      <c r="F250" t="s">
+        <v>22</v>
+      </c>
+      <c r="G250" t="s">
+        <v>331</v>
+      </c>
+      <c r="I250" t="s">
         <v>35</v>
       </c>
-      <c r="O237" t="s">
-[...10 lines deleted...]
-      <c r="C238" s="1" t="s">
+      <c r="J250" t="s">
+        <v>36</v>
+      </c>
+      <c r="M250" t="s">
+        <v>25</v>
+      </c>
+      <c r="N250" t="s">
+        <v>26</v>
+      </c>
+      <c r="O250" t="s">
+        <v>37</v>
+      </c>
+      <c r="P250" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="251" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A251" t="s">
+        <v>17</v>
+      </c>
+      <c r="B251" t="s">
+        <v>328</v>
+      </c>
+      <c r="C251" t="s">
+        <v>329</v>
+      </c>
+      <c r="D251" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E251" t="s">
+        <v>332</v>
+      </c>
+      <c r="F251" t="s">
+        <v>22</v>
+      </c>
+      <c r="G251" t="s">
+        <v>333</v>
+      </c>
+      <c r="I251" t="s">
         <v>42</v>
       </c>
-      <c r="D238" t="s">
-[...43 lines deleted...]
-      <c r="H239" t="s">
+      <c r="J251" t="s">
+        <v>202</v>
+      </c>
+      <c r="M251" t="s">
+        <v>25</v>
+      </c>
+      <c r="N251" t="s">
+        <v>26</v>
+      </c>
+      <c r="O251" t="s">
+        <v>37</v>
+      </c>
+      <c r="P251" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="252" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A252" t="s">
+        <v>17</v>
+      </c>
+      <c r="B252" t="s">
+        <v>328</v>
+      </c>
+      <c r="C252" t="s">
+        <v>329</v>
+      </c>
+      <c r="D252" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="E252" t="s">
+        <v>336</v>
+      </c>
+      <c r="F252" t="s">
+        <v>22</v>
+      </c>
+      <c r="G252" t="s">
+        <v>337</v>
+      </c>
+      <c r="J252" t="s">
+        <v>24</v>
+      </c>
+      <c r="M252" t="s">
+        <v>25</v>
+      </c>
+      <c r="N252" t="s">
+        <v>26</v>
+      </c>
+      <c r="O252" t="s">
+        <v>27</v>
+      </c>
+      <c r="P252" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="253" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A253" t="s">
+        <v>17</v>
+      </c>
+      <c r="B253" t="s">
+        <v>328</v>
+      </c>
+      <c r="C253" t="s">
+        <v>329</v>
+      </c>
+      <c r="D253" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E253" t="s">
+        <v>338</v>
+      </c>
+      <c r="F253" t="s">
+        <v>22</v>
+      </c>
+      <c r="G253" t="s">
+        <v>339</v>
+      </c>
+      <c r="J253" t="s">
+        <v>24</v>
+      </c>
+      <c r="M253" t="s">
+        <v>25</v>
+      </c>
+      <c r="N253" t="s">
+        <v>26</v>
+      </c>
+      <c r="O253" t="s">
+        <v>27</v>
+      </c>
+      <c r="P253" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="254" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A254" t="s">
+        <v>17</v>
+      </c>
+      <c r="B254" t="s">
+        <v>328</v>
+      </c>
+      <c r="C254" t="s">
+        <v>329</v>
+      </c>
+      <c r="D254" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="E254" t="s">
+        <v>340</v>
+      </c>
+      <c r="F254" t="s">
+        <v>22</v>
+      </c>
+      <c r="G254" t="s">
+        <v>341</v>
+      </c>
+      <c r="I254" t="s">
+        <v>42</v>
+      </c>
+      <c r="J254" t="s">
+        <v>36</v>
+      </c>
+      <c r="M254" t="s">
+        <v>25</v>
+      </c>
+      <c r="N254" t="s">
+        <v>26</v>
+      </c>
+      <c r="O254" t="s">
+        <v>37</v>
+      </c>
+      <c r="P254" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="255" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A255" t="s">
+        <v>17</v>
+      </c>
+      <c r="B255" t="s">
+        <v>328</v>
+      </c>
+      <c r="C255" t="s">
+        <v>329</v>
+      </c>
+      <c r="D255" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E255" t="s">
+        <v>338</v>
+      </c>
+      <c r="F255" t="s">
+        <v>22</v>
+      </c>
+      <c r="G255" t="s">
+        <v>339</v>
+      </c>
+      <c r="J255" t="s">
+        <v>24</v>
+      </c>
+      <c r="M255" t="s">
+        <v>25</v>
+      </c>
+      <c r="N255" t="s">
+        <v>26</v>
+      </c>
+      <c r="O255" t="s">
+        <v>27</v>
+      </c>
+      <c r="P255" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="256" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A256" t="s">
+        <v>17</v>
+      </c>
+      <c r="B256" t="s">
+        <v>328</v>
+      </c>
+      <c r="C256" t="s">
+        <v>329</v>
+      </c>
+      <c r="D256" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="E256" t="s">
+        <v>340</v>
+      </c>
+      <c r="F256" t="s">
+        <v>22</v>
+      </c>
+      <c r="G256" t="s">
+        <v>341</v>
+      </c>
+      <c r="I256" t="s">
+        <v>42</v>
+      </c>
+      <c r="J256" t="s">
+        <v>202</v>
+      </c>
+      <c r="M256" t="s">
+        <v>25</v>
+      </c>
+      <c r="N256" t="s">
+        <v>26</v>
+      </c>
+      <c r="O256" t="s">
+        <v>37</v>
+      </c>
+      <c r="P256" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="257" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A257" t="s">
+        <v>17</v>
+      </c>
+      <c r="B257" t="s">
+        <v>328</v>
+      </c>
+      <c r="C257" t="s">
+        <v>329</v>
+      </c>
+      <c r="D257" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E257" t="s">
+        <v>338</v>
+      </c>
+      <c r="F257" t="s">
+        <v>22</v>
+      </c>
+      <c r="G257" t="s">
+        <v>339</v>
+      </c>
+      <c r="J257" t="s">
+        <v>24</v>
+      </c>
+      <c r="M257" t="s">
+        <v>25</v>
+      </c>
+      <c r="N257" t="s">
+        <v>26</v>
+      </c>
+      <c r="O257" t="s">
+        <v>27</v>
+      </c>
+      <c r="P257" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="258" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A258" t="s">
+        <v>17</v>
+      </c>
+      <c r="B258" t="s">
+        <v>328</v>
+      </c>
+      <c r="C258" t="s">
+        <v>329</v>
+      </c>
+      <c r="D258" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="E258" t="s">
+        <v>336</v>
+      </c>
+      <c r="F258" t="s">
+        <v>22</v>
+      </c>
+      <c r="G258" t="s">
+        <v>337</v>
+      </c>
+      <c r="J258" t="s">
+        <v>24</v>
+      </c>
+      <c r="M258" t="s">
+        <v>25</v>
+      </c>
+      <c r="N258" t="s">
+        <v>26</v>
+      </c>
+      <c r="O258" t="s">
+        <v>27</v>
+      </c>
+      <c r="P258" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="259" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A259" t="s">
+        <v>17</v>
+      </c>
+      <c r="B259" t="s">
+        <v>328</v>
+      </c>
+      <c r="C259" t="s">
+        <v>329</v>
+      </c>
+      <c r="D259" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E259" t="s">
+        <v>334</v>
+      </c>
+      <c r="F259" t="s">
+        <v>22</v>
+      </c>
+      <c r="G259" t="s">
+        <v>335</v>
+      </c>
+      <c r="I259" t="s">
+        <v>35</v>
+      </c>
+      <c r="J259" t="s">
+        <v>36</v>
+      </c>
+      <c r="M259" t="s">
+        <v>25</v>
+      </c>
+      <c r="N259" t="s">
+        <v>26</v>
+      </c>
+      <c r="O259" t="s">
+        <v>37</v>
+      </c>
+      <c r="P259" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="260" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A260" t="s">
+        <v>17</v>
+      </c>
+      <c r="B260" t="s">
+        <v>342</v>
+      </c>
+      <c r="C260" t="s">
+        <v>343</v>
+      </c>
+      <c r="D260" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E260" t="s">
+        <v>344</v>
+      </c>
+      <c r="F260" t="s">
+        <v>22</v>
+      </c>
+      <c r="G260" t="s">
+        <v>345</v>
+      </c>
+      <c r="I260" t="s">
+        <v>42</v>
+      </c>
+      <c r="J260" t="s">
+        <v>202</v>
+      </c>
+      <c r="M260" t="s">
+        <v>25</v>
+      </c>
+      <c r="N260" t="s">
+        <v>26</v>
+      </c>
+      <c r="O260" t="s">
+        <v>37</v>
+      </c>
+      <c r="P260" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="261" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A261" t="s">
+        <v>17</v>
+      </c>
+      <c r="B261" t="s">
+        <v>342</v>
+      </c>
+      <c r="C261" t="s">
+        <v>343</v>
+      </c>
+      <c r="D261" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="E261" t="s">
+        <v>346</v>
+      </c>
+      <c r="F261" t="s">
+        <v>22</v>
+      </c>
+      <c r="G261" t="s">
+        <v>347</v>
+      </c>
+      <c r="I261" t="s">
+        <v>35</v>
+      </c>
+      <c r="J261" t="s">
         <v>38</v>
       </c>
-      <c r="I239" t="s">
-[...8 lines deleted...]
-      <c r="N239" t="s">
+      <c r="M261" t="s">
+        <v>25</v>
+      </c>
+      <c r="N261" t="s">
+        <v>26</v>
+      </c>
+      <c r="O261" t="s">
+        <v>37</v>
+      </c>
+      <c r="P261" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="262" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A262" t="s">
+        <v>17</v>
+      </c>
+      <c r="B262" t="s">
+        <v>342</v>
+      </c>
+      <c r="C262" t="s">
+        <v>343</v>
+      </c>
+      <c r="D262" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="E262" t="s">
+        <v>348</v>
+      </c>
+      <c r="F262" t="s">
+        <v>22</v>
+      </c>
+      <c r="G262" t="s">
+        <v>347</v>
+      </c>
+      <c r="I262" t="s">
         <v>35</v>
       </c>
-      <c r="O239" t="s">
-[...124 lines deleted...]
-      <c r="C243" s="1" t="s">
+      <c r="J262" t="s">
+        <v>36</v>
+      </c>
+      <c r="M262" t="s">
+        <v>25</v>
+      </c>
+      <c r="N262" t="s">
+        <v>26</v>
+      </c>
+      <c r="O262" t="s">
+        <v>37</v>
+      </c>
+      <c r="P262" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="263" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A263" t="s">
+        <v>17</v>
+      </c>
+      <c r="B263" t="s">
+        <v>342</v>
+      </c>
+      <c r="C263" t="s">
+        <v>343</v>
+      </c>
+      <c r="D263" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="D243" t="s">
-[...31 lines deleted...]
-      <c r="C244" s="1" t="s">
+      <c r="E263" t="s">
+        <v>349</v>
+      </c>
+      <c r="F263" t="s">
+        <v>22</v>
+      </c>
+      <c r="G263" t="s">
+        <v>350</v>
+      </c>
+      <c r="J263" t="s">
+        <v>24</v>
+      </c>
+      <c r="M263" t="s">
+        <v>25</v>
+      </c>
+      <c r="N263" t="s">
+        <v>26</v>
+      </c>
+      <c r="O263" t="s">
+        <v>27</v>
+      </c>
+      <c r="P263" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="264" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A264" t="s">
+        <v>17</v>
+      </c>
+      <c r="B264" t="s">
+        <v>342</v>
+      </c>
+      <c r="C264" t="s">
+        <v>343</v>
+      </c>
+      <c r="D264" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E264" t="s">
+        <v>351</v>
+      </c>
+      <c r="F264" t="s">
+        <v>22</v>
+      </c>
+      <c r="G264" t="s">
+        <v>345</v>
+      </c>
+      <c r="I264" t="s">
         <v>42</v>
       </c>
-      <c r="D244" t="s">
-[...742 lines deleted...]
-        <v>22</v>
+      <c r="J264" t="s">
+        <v>202</v>
       </c>
       <c r="M264" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N264" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="O264" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="265" spans="1:15" x14ac:dyDescent="0.55000000000000004">
+        <v>37</v>
+      </c>
+      <c r="P264" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="265" spans="1:16" x14ac:dyDescent="0.55000000000000004">
       <c r="A265" t="s">
-        <v>341</v>
+        <v>17</v>
       </c>
       <c r="B265" t="s">
         <v>342</v>
       </c>
-      <c r="C265" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D265" t="s">
+      <c r="C265" t="s">
         <v>343</v>
       </c>
+      <c r="D265" s="1" t="s">
+        <v>45</v>
+      </c>
       <c r="E265" t="s">
-        <v>19</v>
+        <v>351</v>
       </c>
       <c r="F265" t="s">
-        <v>344</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>22</v>
+      </c>
+      <c r="G265" t="s">
+        <v>345</v>
       </c>
       <c r="I265" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>42</v>
+      </c>
+      <c r="J265" t="s">
+        <v>36</v>
       </c>
       <c r="M265" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N265" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="O265" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="266" spans="1:15" x14ac:dyDescent="0.55000000000000004">
+        <v>37</v>
+      </c>
+      <c r="P265" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="266" spans="1:16" x14ac:dyDescent="0.55000000000000004">
       <c r="A266" t="s">
-        <v>341</v>
+        <v>17</v>
       </c>
       <c r="B266" t="s">
         <v>342</v>
       </c>
-      <c r="C266" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D266" t="s">
+      <c r="C266" t="s">
         <v>343</v>
       </c>
+      <c r="D266" s="1" t="s">
+        <v>69</v>
+      </c>
       <c r="E266" t="s">
-        <v>19</v>
+        <v>348</v>
       </c>
       <c r="F266" t="s">
-        <v>344</v>
-[...1 lines deleted...]
-      <c r="H266" t="s">
+        <v>22</v>
+      </c>
+      <c r="G266" t="s">
+        <v>347</v>
+      </c>
+      <c r="I266" t="s">
+        <v>35</v>
+      </c>
+      <c r="J266" t="s">
         <v>38</v>
       </c>
-      <c r="I266" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M266" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N266" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="O266" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="267" spans="1:15" x14ac:dyDescent="0.55000000000000004">
+        <v>37</v>
+      </c>
+      <c r="P266" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="267" spans="1:16" x14ac:dyDescent="0.55000000000000004">
       <c r="A267" t="s">
-        <v>341</v>
+        <v>17</v>
       </c>
       <c r="B267" t="s">
         <v>342</v>
       </c>
-      <c r="C267" s="1" t="s">
-[...3 lines deleted...]
-        <v>345</v>
+      <c r="C267" t="s">
+        <v>343</v>
+      </c>
+      <c r="D267" s="1" t="s">
+        <v>20</v>
       </c>
       <c r="E267" t="s">
-        <v>19</v>
+        <v>352</v>
       </c>
       <c r="F267" t="s">
-        <v>344</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>22</v>
+      </c>
+      <c r="G267" t="s">
+        <v>353</v>
+      </c>
+      <c r="J267" t="s">
+        <v>24</v>
       </c>
       <c r="M267" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N267" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="O267" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="268" spans="1:15" x14ac:dyDescent="0.55000000000000004">
+        <v>27</v>
+      </c>
+      <c r="P267" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="268" spans="1:16" x14ac:dyDescent="0.55000000000000004">
       <c r="A268" t="s">
-        <v>341</v>
+        <v>17</v>
       </c>
       <c r="B268" t="s">
         <v>342</v>
       </c>
-      <c r="C268" s="1" t="s">
-[...3 lines deleted...]
-        <v>346</v>
+      <c r="C268" t="s">
+        <v>343</v>
+      </c>
+      <c r="D268" s="1" t="s">
+        <v>20</v>
       </c>
       <c r="E268" t="s">
-        <v>19</v>
+        <v>352</v>
       </c>
       <c r="F268" t="s">
-        <v>347</v>
-[...8 lines deleted...]
-        <v>22</v>
+        <v>22</v>
+      </c>
+      <c r="G268" t="s">
+        <v>353</v>
+      </c>
+      <c r="J268" t="s">
+        <v>24</v>
       </c>
       <c r="M268" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N268" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="O268" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="269" spans="1:15" x14ac:dyDescent="0.55000000000000004">
+        <v>27</v>
+      </c>
+      <c r="P268" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="269" spans="1:16" x14ac:dyDescent="0.55000000000000004">
       <c r="A269" t="s">
-        <v>341</v>
+        <v>17</v>
       </c>
       <c r="B269" t="s">
         <v>342</v>
       </c>
-      <c r="C269" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D269" t="s">
+      <c r="C269" t="s">
+        <v>343</v>
+      </c>
+      <c r="D269" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="E269" t="s">
         <v>346</v>
       </c>
-      <c r="E269" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F269" t="s">
+        <v>22</v>
+      </c>
+      <c r="G269" t="s">
         <v>347</v>
       </c>
-      <c r="H269" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I269" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>35</v>
+      </c>
+      <c r="J269" t="s">
+        <v>36</v>
       </c>
       <c r="M269" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N269" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="O269" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="270" spans="1:15" x14ac:dyDescent="0.55000000000000004">
+        <v>37</v>
+      </c>
+      <c r="P269" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="270" spans="1:16" x14ac:dyDescent="0.55000000000000004">
       <c r="A270" t="s">
-        <v>341</v>
+        <v>17</v>
       </c>
       <c r="B270" t="s">
         <v>342</v>
       </c>
-      <c r="C270" s="1" t="s">
-[...3 lines deleted...]
-        <v>348</v>
+      <c r="C270" t="s">
+        <v>343</v>
+      </c>
+      <c r="D270" s="1" t="s">
+        <v>39</v>
       </c>
       <c r="E270" t="s">
-        <v>19</v>
+        <v>344</v>
       </c>
       <c r="F270" t="s">
-        <v>349</v>
+        <v>22</v>
+      </c>
+      <c r="G270" t="s">
+        <v>345</v>
       </c>
       <c r="I270" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>42</v>
+      </c>
+      <c r="J270" t="s">
+        <v>36</v>
       </c>
       <c r="M270" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N270" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="O270" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="271" spans="1:15" x14ac:dyDescent="0.55000000000000004">
+        <v>37</v>
+      </c>
+      <c r="P270" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="271" spans="1:16" x14ac:dyDescent="0.55000000000000004">
       <c r="A271" t="s">
-        <v>341</v>
+        <v>17</v>
       </c>
       <c r="B271" t="s">
         <v>342</v>
       </c>
-      <c r="C271" s="1" t="s">
+      <c r="C271" t="s">
+        <v>343</v>
+      </c>
+      <c r="D271" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="D271" t="s">
+      <c r="E271" t="s">
+        <v>349</v>
+      </c>
+      <c r="F271" t="s">
+        <v>22</v>
+      </c>
+      <c r="G271" t="s">
         <v>350</v>
       </c>
-      <c r="E271" t="s">
-[...12 lines deleted...]
-        <v>22</v>
+      <c r="J271" t="s">
+        <v>24</v>
       </c>
       <c r="M271" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N271" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="O271" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="272" spans="1:15" x14ac:dyDescent="0.55000000000000004">
+        <v>27</v>
+      </c>
+      <c r="P271" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="272" spans="1:16" x14ac:dyDescent="0.55000000000000004">
       <c r="A272" t="s">
-        <v>341</v>
+        <v>17</v>
       </c>
       <c r="B272" t="s">
         <v>342</v>
       </c>
-      <c r="C272" s="1" t="s">
-[...3 lines deleted...]
-        <v>351</v>
+      <c r="C272" t="s">
+        <v>343</v>
+      </c>
+      <c r="D272" s="1" t="s">
+        <v>20</v>
       </c>
       <c r="E272" t="s">
-        <v>19</v>
+        <v>352</v>
       </c>
       <c r="F272" t="s">
-        <v>334</v>
-[...8 lines deleted...]
-        <v>22</v>
+        <v>22</v>
+      </c>
+      <c r="G272" t="s">
+        <v>353</v>
+      </c>
+      <c r="J272" t="s">
+        <v>24</v>
       </c>
       <c r="M272" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N272" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="O272" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="273" spans="1:15" x14ac:dyDescent="0.55000000000000004">
+        <v>27</v>
+      </c>
+      <c r="P272" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="273" spans="1:16" x14ac:dyDescent="0.55000000000000004">
       <c r="A273" t="s">
-        <v>341</v>
+        <v>17</v>
       </c>
       <c r="B273" t="s">
         <v>342</v>
       </c>
-      <c r="C273" s="1" t="s">
+      <c r="C273" t="s">
+        <v>343</v>
+      </c>
+      <c r="D273" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="D273" t="s">
+      <c r="E273" t="s">
+        <v>349</v>
+      </c>
+      <c r="F273" t="s">
+        <v>22</v>
+      </c>
+      <c r="G273" t="s">
         <v>350</v>
       </c>
-      <c r="E273" t="s">
-[...5 lines deleted...]
-      <c r="H273" t="s">
+      <c r="J273" t="s">
+        <v>24</v>
+      </c>
+      <c r="M273" t="s">
+        <v>25</v>
+      </c>
+      <c r="N273" t="s">
+        <v>26</v>
+      </c>
+      <c r="O273" t="s">
+        <v>27</v>
+      </c>
+      <c r="P273" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="274" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A274" t="s">
+        <v>17</v>
+      </c>
+      <c r="B274" t="s">
+        <v>354</v>
+      </c>
+      <c r="C274" t="s">
+        <v>355</v>
+      </c>
+      <c r="D274" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E274" t="s">
+        <v>356</v>
+      </c>
+      <c r="F274" t="s">
+        <v>22</v>
+      </c>
+      <c r="G274" t="s">
+        <v>357</v>
+      </c>
+      <c r="J274" t="s">
+        <v>24</v>
+      </c>
+      <c r="M274" t="s">
+        <v>25</v>
+      </c>
+      <c r="N274" t="s">
+        <v>26</v>
+      </c>
+      <c r="O274" t="s">
+        <v>27</v>
+      </c>
+      <c r="P274" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="275" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A275" t="s">
+        <v>17</v>
+      </c>
+      <c r="B275" t="s">
+        <v>354</v>
+      </c>
+      <c r="C275" t="s">
+        <v>355</v>
+      </c>
+      <c r="D275" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E275" t="s">
+        <v>356</v>
+      </c>
+      <c r="F275" t="s">
+        <v>22</v>
+      </c>
+      <c r="G275" t="s">
+        <v>357</v>
+      </c>
+      <c r="J275" t="s">
+        <v>24</v>
+      </c>
+      <c r="M275" t="s">
+        <v>25</v>
+      </c>
+      <c r="N275" t="s">
+        <v>26</v>
+      </c>
+      <c r="O275" t="s">
+        <v>27</v>
+      </c>
+      <c r="P275" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="276" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A276" t="s">
+        <v>17</v>
+      </c>
+      <c r="B276" t="s">
+        <v>354</v>
+      </c>
+      <c r="C276" t="s">
+        <v>355</v>
+      </c>
+      <c r="D276" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E276" t="s">
+        <v>356</v>
+      </c>
+      <c r="F276" t="s">
+        <v>22</v>
+      </c>
+      <c r="G276" t="s">
+        <v>357</v>
+      </c>
+      <c r="J276" t="s">
+        <v>24</v>
+      </c>
+      <c r="M276" t="s">
+        <v>25</v>
+      </c>
+      <c r="N276" t="s">
+        <v>26</v>
+      </c>
+      <c r="O276" t="s">
+        <v>27</v>
+      </c>
+      <c r="P276" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="277" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A277" t="s">
+        <v>17</v>
+      </c>
+      <c r="B277" t="s">
+        <v>358</v>
+      </c>
+      <c r="C277" t="s">
+        <v>359</v>
+      </c>
+      <c r="D277" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E277" t="s">
+        <v>360</v>
+      </c>
+      <c r="F277" t="s">
+        <v>22</v>
+      </c>
+      <c r="G277" t="s">
+        <v>345</v>
+      </c>
+      <c r="I277" t="s">
+        <v>42</v>
+      </c>
+      <c r="J277" t="s">
+        <v>36</v>
+      </c>
+      <c r="M277" t="s">
+        <v>25</v>
+      </c>
+      <c r="N277" t="s">
+        <v>26</v>
+      </c>
+      <c r="O277" t="s">
+        <v>37</v>
+      </c>
+      <c r="P277" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="278" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A278" t="s">
+        <v>17</v>
+      </c>
+      <c r="B278" t="s">
+        <v>358</v>
+      </c>
+      <c r="C278" t="s">
+        <v>359</v>
+      </c>
+      <c r="D278" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="E278" t="s">
+        <v>361</v>
+      </c>
+      <c r="F278" t="s">
+        <v>22</v>
+      </c>
+      <c r="G278" t="s">
+        <v>347</v>
+      </c>
+      <c r="I278" t="s">
+        <v>35</v>
+      </c>
+      <c r="J278" t="s">
+        <v>36</v>
+      </c>
+      <c r="M278" t="s">
+        <v>25</v>
+      </c>
+      <c r="N278" t="s">
+        <v>26</v>
+      </c>
+      <c r="O278" t="s">
+        <v>37</v>
+      </c>
+      <c r="P278" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="279" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A279" t="s">
+        <v>17</v>
+      </c>
+      <c r="B279" t="s">
+        <v>358</v>
+      </c>
+      <c r="C279" t="s">
+        <v>359</v>
+      </c>
+      <c r="D279" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E279" t="s">
+        <v>362</v>
+      </c>
+      <c r="F279" t="s">
+        <v>22</v>
+      </c>
+      <c r="G279" t="s">
+        <v>363</v>
+      </c>
+      <c r="I279" t="s">
+        <v>35</v>
+      </c>
+      <c r="J279" t="s">
+        <v>36</v>
+      </c>
+      <c r="M279" t="s">
+        <v>25</v>
+      </c>
+      <c r="N279" t="s">
+        <v>26</v>
+      </c>
+      <c r="O279" t="s">
+        <v>37</v>
+      </c>
+      <c r="P279" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="280" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A280" t="s">
+        <v>17</v>
+      </c>
+      <c r="B280" t="s">
+        <v>358</v>
+      </c>
+      <c r="C280" t="s">
+        <v>359</v>
+      </c>
+      <c r="D280" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="E280" t="s">
+        <v>364</v>
+      </c>
+      <c r="F280" t="s">
+        <v>22</v>
+      </c>
+      <c r="G280" t="s">
+        <v>365</v>
+      </c>
+      <c r="I280" t="s">
+        <v>42</v>
+      </c>
+      <c r="J280" t="s">
+        <v>202</v>
+      </c>
+      <c r="M280" t="s">
+        <v>25</v>
+      </c>
+      <c r="N280" t="s">
+        <v>26</v>
+      </c>
+      <c r="O280" t="s">
+        <v>37</v>
+      </c>
+      <c r="P280" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="281" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A281" t="s">
+        <v>17</v>
+      </c>
+      <c r="B281" t="s">
+        <v>358</v>
+      </c>
+      <c r="C281" t="s">
+        <v>359</v>
+      </c>
+      <c r="D281" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E281" t="s">
+        <v>360</v>
+      </c>
+      <c r="F281" t="s">
+        <v>22</v>
+      </c>
+      <c r="G281" t="s">
+        <v>345</v>
+      </c>
+      <c r="I281" t="s">
+        <v>42</v>
+      </c>
+      <c r="J281" t="s">
+        <v>202</v>
+      </c>
+      <c r="M281" t="s">
+        <v>25</v>
+      </c>
+      <c r="N281" t="s">
+        <v>26</v>
+      </c>
+      <c r="O281" t="s">
+        <v>37</v>
+      </c>
+      <c r="P281" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="282" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A282" t="s">
+        <v>17</v>
+      </c>
+      <c r="B282" t="s">
+        <v>358</v>
+      </c>
+      <c r="C282" t="s">
+        <v>359</v>
+      </c>
+      <c r="D282" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="E282" t="s">
+        <v>364</v>
+      </c>
+      <c r="F282" t="s">
+        <v>22</v>
+      </c>
+      <c r="G282" t="s">
+        <v>365</v>
+      </c>
+      <c r="I282" t="s">
+        <v>42</v>
+      </c>
+      <c r="J282" t="s">
+        <v>36</v>
+      </c>
+      <c r="M282" t="s">
+        <v>25</v>
+      </c>
+      <c r="N282" t="s">
+        <v>26</v>
+      </c>
+      <c r="O282" t="s">
+        <v>37</v>
+      </c>
+      <c r="P282" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="283" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A283" t="s">
+        <v>17</v>
+      </c>
+      <c r="B283" t="s">
+        <v>358</v>
+      </c>
+      <c r="C283" t="s">
+        <v>359</v>
+      </c>
+      <c r="D283" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E283" t="s">
+        <v>366</v>
+      </c>
+      <c r="F283" t="s">
+        <v>22</v>
+      </c>
+      <c r="G283" t="s">
+        <v>367</v>
+      </c>
+      <c r="J283" t="s">
+        <v>24</v>
+      </c>
+      <c r="M283" t="s">
+        <v>25</v>
+      </c>
+      <c r="N283" t="s">
+        <v>26</v>
+      </c>
+      <c r="O283" t="s">
+        <v>27</v>
+      </c>
+      <c r="P283" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="284" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A284" t="s">
+        <v>17</v>
+      </c>
+      <c r="B284" t="s">
+        <v>358</v>
+      </c>
+      <c r="C284" t="s">
+        <v>359</v>
+      </c>
+      <c r="D284" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="E284" t="s">
+        <v>368</v>
+      </c>
+      <c r="F284" t="s">
+        <v>22</v>
+      </c>
+      <c r="G284" t="s">
+        <v>363</v>
+      </c>
+      <c r="J284" t="s">
+        <v>24</v>
+      </c>
+      <c r="M284" t="s">
+        <v>25</v>
+      </c>
+      <c r="N284" t="s">
+        <v>26</v>
+      </c>
+      <c r="O284" t="s">
+        <v>27</v>
+      </c>
+      <c r="P284" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="285" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A285" t="s">
+        <v>17</v>
+      </c>
+      <c r="B285" t="s">
+        <v>358</v>
+      </c>
+      <c r="C285" t="s">
+        <v>359</v>
+      </c>
+      <c r="D285" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E285" t="s">
+        <v>366</v>
+      </c>
+      <c r="F285" t="s">
+        <v>22</v>
+      </c>
+      <c r="G285" t="s">
+        <v>367</v>
+      </c>
+      <c r="J285" t="s">
+        <v>24</v>
+      </c>
+      <c r="M285" t="s">
+        <v>25</v>
+      </c>
+      <c r="N285" t="s">
+        <v>26</v>
+      </c>
+      <c r="O285" t="s">
+        <v>27</v>
+      </c>
+      <c r="P285" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="286" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A286" t="s">
+        <v>17</v>
+      </c>
+      <c r="B286" t="s">
+        <v>358</v>
+      </c>
+      <c r="C286" t="s">
+        <v>359</v>
+      </c>
+      <c r="D286" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E286" t="s">
+        <v>366</v>
+      </c>
+      <c r="F286" t="s">
+        <v>22</v>
+      </c>
+      <c r="G286" t="s">
+        <v>367</v>
+      </c>
+      <c r="J286" t="s">
+        <v>24</v>
+      </c>
+      <c r="M286" t="s">
+        <v>25</v>
+      </c>
+      <c r="N286" t="s">
+        <v>26</v>
+      </c>
+      <c r="O286" t="s">
+        <v>27</v>
+      </c>
+      <c r="P286" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="287" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A287" t="s">
+        <v>17</v>
+      </c>
+      <c r="B287" t="s">
+        <v>358</v>
+      </c>
+      <c r="C287" t="s">
+        <v>359</v>
+      </c>
+      <c r="D287" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E287" t="s">
+        <v>362</v>
+      </c>
+      <c r="F287" t="s">
+        <v>22</v>
+      </c>
+      <c r="G287" t="s">
+        <v>363</v>
+      </c>
+      <c r="I287" t="s">
+        <v>35</v>
+      </c>
+      <c r="J287" t="s">
         <v>38</v>
       </c>
-      <c r="I273" t="s">
-[...8 lines deleted...]
-      <c r="N273" t="s">
+      <c r="M287" t="s">
+        <v>25</v>
+      </c>
+      <c r="N287" t="s">
+        <v>26</v>
+      </c>
+      <c r="O287" t="s">
+        <v>37</v>
+      </c>
+      <c r="P287" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="288" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A288" t="s">
+        <v>17</v>
+      </c>
+      <c r="B288" t="s">
+        <v>358</v>
+      </c>
+      <c r="C288" t="s">
+        <v>359</v>
+      </c>
+      <c r="D288" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="E288" t="s">
+        <v>368</v>
+      </c>
+      <c r="F288" t="s">
+        <v>22</v>
+      </c>
+      <c r="G288" t="s">
+        <v>363</v>
+      </c>
+      <c r="J288" t="s">
+        <v>24</v>
+      </c>
+      <c r="M288" t="s">
+        <v>25</v>
+      </c>
+      <c r="N288" t="s">
+        <v>26</v>
+      </c>
+      <c r="O288" t="s">
+        <v>27</v>
+      </c>
+      <c r="P288" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="289" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A289" t="s">
+        <v>17</v>
+      </c>
+      <c r="B289" t="s">
+        <v>358</v>
+      </c>
+      <c r="C289" t="s">
+        <v>359</v>
+      </c>
+      <c r="D289" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="E289" t="s">
+        <v>368</v>
+      </c>
+      <c r="F289" t="s">
+        <v>22</v>
+      </c>
+      <c r="G289" t="s">
+        <v>363</v>
+      </c>
+      <c r="J289" t="s">
+        <v>24</v>
+      </c>
+      <c r="M289" t="s">
+        <v>25</v>
+      </c>
+      <c r="N289" t="s">
+        <v>26</v>
+      </c>
+      <c r="O289" t="s">
+        <v>27</v>
+      </c>
+      <c r="P289" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="290" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A290" t="s">
+        <v>17</v>
+      </c>
+      <c r="B290" t="s">
+        <v>358</v>
+      </c>
+      <c r="C290" t="s">
+        <v>359</v>
+      </c>
+      <c r="D290" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="E290" t="s">
+        <v>361</v>
+      </c>
+      <c r="F290" t="s">
+        <v>22</v>
+      </c>
+      <c r="G290" t="s">
+        <v>347</v>
+      </c>
+      <c r="I290" t="s">
         <v>35</v>
       </c>
-      <c r="O273" t="s">
-[...388 lines deleted...]
-        <v>27</v>
+      <c r="J290" t="s">
+        <v>38</v>
+      </c>
+      <c r="M290" t="s">
+        <v>25</v>
+      </c>
+      <c r="N290" t="s">
+        <v>26</v>
+      </c>
+      <c r="O290" t="s">
+        <v>37</v>
+      </c>
+      <c r="P290" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="291" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A291" t="s">
+        <v>17</v>
+      </c>
+      <c r="B291" t="s">
+        <v>369</v>
+      </c>
+      <c r="C291" t="s">
+        <v>370</v>
+      </c>
+      <c r="D291" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E291" t="s">
+        <v>371</v>
+      </c>
+      <c r="F291" t="s">
+        <v>22</v>
+      </c>
+      <c r="G291" t="s">
+        <v>372</v>
+      </c>
+      <c r="J291" t="s">
+        <v>24</v>
+      </c>
+      <c r="M291" t="s">
+        <v>25</v>
+      </c>
+      <c r="N291" t="s">
+        <v>26</v>
+      </c>
+      <c r="O291" t="s">
+        <v>27</v>
+      </c>
+      <c r="P291" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="292" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A292" t="s">
+        <v>17</v>
+      </c>
+      <c r="B292" t="s">
+        <v>369</v>
+      </c>
+      <c r="C292" t="s">
+        <v>370</v>
+      </c>
+      <c r="D292" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E292" t="s">
+        <v>371</v>
+      </c>
+      <c r="F292" t="s">
+        <v>22</v>
+      </c>
+      <c r="G292" t="s">
+        <v>372</v>
+      </c>
+      <c r="J292" t="s">
+        <v>24</v>
+      </c>
+      <c r="M292" t="s">
+        <v>25</v>
+      </c>
+      <c r="N292" t="s">
+        <v>26</v>
+      </c>
+      <c r="O292" t="s">
+        <v>27</v>
+      </c>
+      <c r="P292" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="293" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A293" t="s">
+        <v>17</v>
+      </c>
+      <c r="B293" t="s">
+        <v>369</v>
+      </c>
+      <c r="C293" t="s">
+        <v>370</v>
+      </c>
+      <c r="D293" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E293" t="s">
+        <v>371</v>
+      </c>
+      <c r="F293" t="s">
+        <v>22</v>
+      </c>
+      <c r="G293" t="s">
+        <v>372</v>
+      </c>
+      <c r="J293" t="s">
+        <v>24</v>
+      </c>
+      <c r="M293" t="s">
+        <v>25</v>
+      </c>
+      <c r="N293" t="s">
+        <v>26</v>
+      </c>
+      <c r="O293" t="s">
+        <v>27</v>
+      </c>
+      <c r="P293" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="294" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A294" t="s">
+        <v>17</v>
+      </c>
+      <c r="B294" t="s">
+        <v>373</v>
+      </c>
+      <c r="C294" t="s">
+        <v>374</v>
+      </c>
+      <c r="D294" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E294" t="s">
+        <v>375</v>
+      </c>
+      <c r="F294" t="s">
+        <v>22</v>
+      </c>
+      <c r="G294" t="s">
+        <v>376</v>
+      </c>
+      <c r="J294" t="s">
+        <v>24</v>
+      </c>
+      <c r="M294" t="s">
+        <v>25</v>
+      </c>
+      <c r="N294" t="s">
+        <v>26</v>
+      </c>
+      <c r="O294" t="s">
+        <v>27</v>
+      </c>
+      <c r="P294" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="295" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A295" t="s">
+        <v>17</v>
+      </c>
+      <c r="B295" t="s">
+        <v>373</v>
+      </c>
+      <c r="C295" t="s">
+        <v>374</v>
+      </c>
+      <c r="D295" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E295" t="s">
+        <v>375</v>
+      </c>
+      <c r="F295" t="s">
+        <v>22</v>
+      </c>
+      <c r="G295" t="s">
+        <v>376</v>
+      </c>
+      <c r="J295" t="s">
+        <v>24</v>
+      </c>
+      <c r="M295" t="s">
+        <v>25</v>
+      </c>
+      <c r="N295" t="s">
+        <v>26</v>
+      </c>
+      <c r="O295" t="s">
+        <v>27</v>
+      </c>
+      <c r="P295" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="296" spans="1:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="A296" t="s">
+        <v>17</v>
+      </c>
+      <c r="B296" t="s">
+        <v>373</v>
+      </c>
+      <c r="C296" t="s">
+        <v>374</v>
+      </c>
+      <c r="D296" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E296" t="s">
+        <v>375</v>
+      </c>
+      <c r="F296" t="s">
+        <v>22</v>
+      </c>
+      <c r="G296" t="s">
+        <v>376</v>
+      </c>
+      <c r="J296" t="s">
+        <v>24</v>
+      </c>
+      <c r="M296" t="s">
+        <v>25</v>
+      </c>
+      <c r="N296" t="s">
+        <v>26</v>
+      </c>
+      <c r="O296" t="s">
+        <v>27</v>
+      </c>
+      <c r="P296" t="s">
+        <v>28</v>
       </c>
     </row>
   </sheetData>
+  <autoFilter ref="A1:Q296" xr:uid="{7899BD64-257E-49B0-ADBD-0483A13A0B56}"/>
   <phoneticPr fontId="18"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Dec_NCE_SoftwarePL_GA_JP</vt:lpstr>
+      <vt:lpstr>Feb_NCE_SoftwarePL_GA_JP</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>TED ECS Kido Yasuyo</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>